--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -7,60 +7,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Benoit\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BenoitFontaine\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7242F3B9-D967-4974-9310-9C8A4977F3DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{766A75FF-760F-4FE5-8E70-7C70F4BBA6E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EB1A76B2-9770-4872-8385-D4E7A7C82074}"/>
+    <workbookView xWindow="-93" yWindow="-93" windowWidth="25786" windowHeight="15466" xr2:uid="{EB1A76B2-9770-4872-8385-D4E7A7C82074}"/>
   </bookViews>
   <sheets>
     <sheet name="Partie 1" sheetId="4" r:id="rId1"/>
     <sheet name="Partie 2" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Partie 1'!$A$1:$I$59</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Partie 2'!$A$1:$H$51</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -214,53 +214,50 @@
     <t>Signature</t>
   </si>
   <si>
     <t>Secrétaire du C.E.</t>
   </si>
   <si>
     <t>S'il y a une délégation syndicale</t>
   </si>
   <si>
     <t>Organisation</t>
   </si>
   <si>
     <t>S'il y a un comité pour la prévention et la protection du travail</t>
   </si>
   <si>
     <t>Président du C.P.P.T.</t>
   </si>
   <si>
     <t>Nom, Prénom</t>
   </si>
   <si>
     <t>Téléphone / GSM</t>
   </si>
   <si>
     <t>Courriel</t>
-  </si>
-[...1 lines deleted...]
-    <t>Personnel de l'entreprise au 31 décembre 2024</t>
   </si>
   <si>
     <t>Nombre d'ouvriers</t>
   </si>
   <si>
     <t>Nombre de travailleurs
 (ouvriers et employés)</t>
   </si>
   <si>
     <t>La convention collective du 13 novembre 2023 précise qui doivent être les signataires (de l'attestation) de plan de formation, à savoir :
 - les représentants du conseil d'entreprise
 - s'il n'y a pas de conseil d'entreprise, des représentants de chaque délégation syndicale représentée dans l'entreprise
 - s'il n'y a pas de délégation syndicale, des représentants du comité pour la prévention et la protection du travail (président et un représentant de chaque organisation des ouvriers représentée</t>
   </si>
   <si>
     <t>Année calendrier/fiscale  :</t>
   </si>
   <si>
     <t>du</t>
   </si>
   <si>
     <t>au</t>
   </si>
   <si>
     <t>000-</t>
@@ -404,78 +401,81 @@
       <t>ouvriers@ifpm.be</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="HapticPro Light"/>
       </rPr>
       <t xml:space="preserve"> ou au 02/706.81.92.
 (**) </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="HapticPro Light"/>
       </rPr>
       <t>la date peut varier en fonction de la date de fin de l'exercice fiscal de l'entreprise</t>
     </r>
   </si>
   <si>
     <t>NB : le plan doit être définitivement élaboré pour le 31 mars de chaque année (la date peut varier en fonction de la date de fin de l'exercice fiscal de l'entreprise).</t>
   </si>
   <si>
-    <t>Plan de formation – modèle IFPM Ouvriers asbl (2025)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Vous pouvez mentionner dans ce tableau les formations techniques, logistiques, liées à la sécurité ou aux soft skills,… répondant aux besoins de votre personnel. </t>
   </si>
   <si>
     <t>Vous pouvez ajouter ou supprimer autant de lignes que nécessaires dans le tableau ci-dessous afin d'établir votre liste de formations.</t>
   </si>
   <si>
     <t>·        la réalisation de ce plan a-t-elle été évaluée dans l’instance prévue ? </t>
   </si>
   <si>
     <t>·        le nouveau plan prend-il en compte cette évaluation/comprend-il des réponses à cette évaluation ?</t>
   </si>
   <si>
     <t>·        pour chacun des départements de l’entreprise ? </t>
   </si>
   <si>
     <t>·        pour chacun des groupes de personnel ?</t>
   </si>
   <si>
     <t>·        selon la dimension genre ? </t>
   </si>
   <si>
     <t xml:space="preserve">·    de 50 ans ou plus </t>
   </si>
   <si>
     <t>Un plan de formation validé ouvre le droit aux aides sectorielles en CP.111</t>
+  </si>
+  <si>
+    <t>Plan de formation – modèle IFPM Ouvriers asbl</t>
+  </si>
+  <si>
+    <t>Personnel de l'entreprise au 31 décembre de l'année concernée</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="31">
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="HapticPro Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="60"/>
       <name val="HapticPro Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="HapticPro Light"/>
@@ -697,51 +697,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.34998626667073579"/>
@@ -829,55 +829,127 @@
         <color theme="1" tint="0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF0070C0"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color rgb="FF0070C0"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF0070C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color rgb="FF0070C0"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF0070C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF0070C0"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF0070C0"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF0070C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1" tint="0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="1" tint="0.34998626667073579"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="1" tint="0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="1" tint="0.34998626667073579"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="1" tint="0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="1" tint="0.34998626667073579"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="1" tint="0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="80">
+  <cellXfs count="82">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -888,206 +960,212 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...64 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF82D0A7"/>
       <color rgb="FFFBD51A"/>
       <color rgb="FF384659"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1398,76 +1476,76 @@
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="H11" dT="2024-11-25T12:44:22.33" personId="{F7070786-E165-4159-A922-EA58F046B0CC}" id="{BAB730D7-C9BE-4BC1-B045-DFA18DE7EE0F}">
     <text>pas obligatoire</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C05DA0E-01A5-42CD-B573-50EAD0D0714C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:DM60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="G9" sqref="G9:I9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="12.35"/>
   <cols>
-    <col min="1" max="1" width="15.5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="18.5" customWidth="1"/>
+    <col min="1" max="1" width="15.47265625" customWidth="1"/>
+    <col min="2" max="4" width="16.62890625" customWidth="1"/>
+    <col min="5" max="5" width="19.47265625" customWidth="1"/>
+    <col min="6" max="6" width="19.3671875" customWidth="1"/>
+    <col min="7" max="7" width="16.62890625" customWidth="1"/>
+    <col min="8" max="8" width="17.47265625" customWidth="1"/>
+    <col min="9" max="9" width="18.47265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:117" s="10" customFormat="1" ht="25.9" customHeight="1">
-[...10 lines deleted...]
-      <c r="I1" s="53"/>
+    <row r="1" spans="1:117" s="10" customFormat="1" ht="25.95" customHeight="1">
+      <c r="A1" s="65" t="s">
+        <v>75</v>
+      </c>
+      <c r="B1" s="65"/>
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="65"/>
+      <c r="F1" s="65"/>
+      <c r="G1" s="65"/>
+      <c r="H1" s="65"/>
+      <c r="I1" s="65"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
       <c r="Z1" s="6"/>
       <c r="AA1" s="6"/>
       <c r="AB1" s="6"/>
       <c r="AC1" s="6"/>
       <c r="AD1" s="6"/>
       <c r="AE1" s="6"/>
       <c r="AF1" s="6"/>
       <c r="AG1" s="6"/>
       <c r="AH1" s="6"/>
@@ -1533,809 +1611,809 @@
       <c r="CP1" s="6"/>
       <c r="CQ1" s="6"/>
       <c r="CR1" s="6"/>
       <c r="CS1" s="6"/>
       <c r="CT1" s="6"/>
       <c r="CU1" s="6"/>
       <c r="CV1" s="6"/>
       <c r="CW1" s="6"/>
       <c r="CX1" s="6"/>
       <c r="CY1" s="6"/>
       <c r="CZ1" s="6"/>
       <c r="DA1" s="6"/>
       <c r="DB1" s="6"/>
       <c r="DC1" s="6"/>
       <c r="DD1" s="6"/>
       <c r="DE1" s="6"/>
       <c r="DF1" s="6"/>
       <c r="DG1" s="6"/>
       <c r="DH1" s="6"/>
       <c r="DI1" s="6"/>
       <c r="DJ1" s="6"/>
       <c r="DK1" s="6"/>
       <c r="DL1" s="6"/>
       <c r="DM1" s="6"/>
     </row>
-    <row r="2" spans="1:117" s="10" customFormat="1" ht="26.25">
-      <c r="A2" s="54" t="s">
+    <row r="2" spans="1:117" s="10" customFormat="1" ht="26.35">
+      <c r="A2" s="66" t="s">
         <v>32</v>
       </c>
-      <c r="B2" s="54"/>
-[...9 lines deleted...]
-      <c r="A3" s="56" t="s">
+      <c r="B2" s="66"/>
+      <c r="C2" s="66"/>
+      <c r="D2" s="66"/>
+      <c r="E2" s="66"/>
+      <c r="F2" s="66"/>
+      <c r="G2" s="66"/>
+      <c r="H2" s="66"/>
+      <c r="I2" s="66"/>
+    </row>
+    <row r="3" spans="1:117" s="10" customFormat="1" ht="14.35">
+      <c r="A3" s="59" t="s">
         <v>33</v>
       </c>
-      <c r="B3" s="56"/>
-[...22 lines deleted...]
-      <c r="A5" s="22" t="s">
+      <c r="B3" s="59"/>
+      <c r="C3" s="59"/>
+      <c r="D3" s="59"/>
+      <c r="E3" s="59"/>
+      <c r="F3" s="59"/>
+      <c r="G3" s="59"/>
+      <c r="H3" s="59"/>
+      <c r="I3" s="59"/>
+    </row>
+    <row r="4" spans="1:117" s="10" customFormat="1" ht="14.7" thickBot="1">
+      <c r="A4" s="64" t="s">
+        <v>74</v>
+      </c>
+      <c r="B4" s="64"/>
+      <c r="C4" s="64"/>
+      <c r="D4" s="64"/>
+      <c r="E4" s="64"/>
+      <c r="F4" s="64"/>
+      <c r="G4" s="64"/>
+      <c r="H4" s="64"/>
+      <c r="I4" s="64"/>
+    </row>
+    <row r="5" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1" thickTop="1" thickBot="1">
+      <c r="A5" s="70" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" s="71"/>
+      <c r="C5" s="72" t="s">
         <v>52</v>
       </c>
-      <c r="B5" s="22"/>
-      <c r="C5" s="23" t="s">
+      <c r="D5" s="73"/>
+      <c r="E5" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="D5" s="22"/>
-[...10 lines deleted...]
-    <row r="6" spans="1:117" s="10" customFormat="1" ht="17.25" customHeight="1">
+      <c r="F5" s="73"/>
+      <c r="G5" s="74" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" s="74"/>
+      <c r="I5" s="75"/>
+    </row>
+    <row r="6" spans="1:117" s="10" customFormat="1" ht="17.25" customHeight="1" thickTop="1">
       <c r="A6" s="19"/>
       <c r="B6" s="19"/>
       <c r="C6" s="21"/>
       <c r="D6" s="19"/>
       <c r="E6" s="21"/>
       <c r="F6" s="19"/>
       <c r="G6" s="19"/>
       <c r="H6" s="19"/>
       <c r="I6" s="19"/>
     </row>
-    <row r="7" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
-      <c r="A7" s="49" t="s">
+    <row r="7" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
+      <c r="A7" s="63" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="49"/>
-[...1 lines deleted...]
-      <c r="D7" s="49"/>
+      <c r="B7" s="63"/>
+      <c r="C7" s="63"/>
+      <c r="D7" s="63"/>
       <c r="E7" s="15"/>
-      <c r="F7" s="49" t="s">
+      <c r="F7" s="63" t="s">
         <v>1</v>
       </c>
-      <c r="G7" s="49"/>
-[...3 lines deleted...]
-    <row r="8" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="G7" s="63"/>
+      <c r="H7" s="63"/>
+      <c r="I7" s="63"/>
+    </row>
+    <row r="8" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
       <c r="A8" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B8" s="50"/>
-[...1 lines deleted...]
-      <c r="D8" s="52"/>
+      <c r="B8" s="60"/>
+      <c r="C8" s="61"/>
+      <c r="D8" s="62"/>
       <c r="E8" s="19"/>
       <c r="F8" s="17" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="50"/>
-[...3 lines deleted...]
-    <row r="9" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="G8" s="60"/>
+      <c r="H8" s="61"/>
+      <c r="I8" s="62"/>
+    </row>
+    <row r="9" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
       <c r="A9" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="50"/>
-[...1 lines deleted...]
-      <c r="D9" s="52"/>
+      <c r="B9" s="60"/>
+      <c r="C9" s="61"/>
+      <c r="D9" s="62"/>
       <c r="E9" s="19"/>
       <c r="F9" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="G9" s="50"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="G9" s="60"/>
+      <c r="H9" s="61"/>
+      <c r="I9" s="62"/>
+    </row>
+    <row r="10" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
       <c r="A10" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="50"/>
-[...1 lines deleted...]
-      <c r="D10" s="52"/>
+      <c r="B10" s="60"/>
+      <c r="C10" s="61"/>
+      <c r="D10" s="62"/>
       <c r="E10" s="19"/>
       <c r="F10" s="17" t="s">
         <v>46</v>
       </c>
-      <c r="G10" s="50"/>
-[...3 lines deleted...]
-    <row r="11" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="G10" s="60"/>
+      <c r="H10" s="61"/>
+      <c r="I10" s="62"/>
+    </row>
+    <row r="11" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
       <c r="A11" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="50"/>
-[...1 lines deleted...]
-      <c r="D11" s="52"/>
+      <c r="B11" s="60"/>
+      <c r="C11" s="61"/>
+      <c r="D11" s="62"/>
       <c r="E11" s="19"/>
       <c r="F11" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="G11" s="50"/>
-[...3 lines deleted...]
-    <row r="12" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="G11" s="60"/>
+      <c r="H11" s="61"/>
+      <c r="I11" s="62"/>
+    </row>
+    <row r="12" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
       <c r="A12" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="50"/>
-[...1 lines deleted...]
-      <c r="D12" s="52"/>
+      <c r="B12" s="60"/>
+      <c r="C12" s="61"/>
+      <c r="D12" s="62"/>
       <c r="E12" s="19"/>
-      <c r="F12" s="49" t="s">
-[...6 lines deleted...]
-    <row r="13" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="F12" s="63" t="s">
+        <v>76</v>
+      </c>
+      <c r="G12" s="63"/>
+      <c r="H12" s="63"/>
+      <c r="I12" s="63"/>
+    </row>
+    <row r="13" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
       <c r="A13" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="57" t="s">
-[...3 lines deleted...]
-      <c r="D13" s="59"/>
+      <c r="B13" s="44" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="45"/>
+      <c r="D13" s="46"/>
       <c r="E13" s="19"/>
       <c r="F13" s="18" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+        <v>49</v>
+      </c>
+      <c r="G13" s="60"/>
+      <c r="H13" s="61"/>
+      <c r="I13" s="62"/>
+    </row>
+    <row r="14" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
       <c r="A14" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="57" t="s">
-[...3 lines deleted...]
-      <c r="D14" s="59"/>
+      <c r="B14" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="45"/>
+      <c r="D14" s="46"/>
       <c r="E14" s="19"/>
       <c r="F14" s="18" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      <c r="I14" s="52"/>
+        <v>48</v>
+      </c>
+      <c r="G14" s="60"/>
+      <c r="H14" s="61"/>
+      <c r="I14" s="62"/>
     </row>
     <row r="15" spans="1:117" s="10" customFormat="1" ht="18" customHeight="1">
       <c r="A15" s="15"/>
       <c r="B15" s="15"/>
       <c r="C15" s="15"/>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
     </row>
     <row r="16" spans="1:117" s="12" customFormat="1" ht="39.6" customHeight="1">
-      <c r="A16" s="55" t="s">
+      <c r="A16" s="58" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="55"/>
-[...6 lines deleted...]
-      <c r="I16" s="55"/>
+      <c r="B16" s="58"/>
+      <c r="C16" s="58"/>
+      <c r="D16" s="58"/>
+      <c r="E16" s="58"/>
+      <c r="F16" s="58"/>
+      <c r="G16" s="58"/>
+      <c r="H16" s="58"/>
+      <c r="I16" s="58"/>
       <c r="J16" s="9"/>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="1:11" s="13" customFormat="1" ht="24.6" customHeight="1">
-      <c r="A17" s="64" t="s">
+      <c r="A17" s="57" t="s">
         <v>17</v>
       </c>
-      <c r="B17" s="64"/>
-[...6 lines deleted...]
-      <c r="I17" s="64"/>
+      <c r="B17" s="57"/>
+      <c r="C17" s="57"/>
+      <c r="D17" s="57"/>
+      <c r="E17" s="57"/>
+      <c r="F17" s="57"/>
+      <c r="G17" s="57"/>
+      <c r="H17" s="57"/>
+      <c r="I17" s="57"/>
       <c r="J17" s="11"/>
       <c r="K17" s="11"/>
     </row>
     <row r="18" spans="1:11" s="12" customFormat="1" ht="39.6" customHeight="1">
-      <c r="A18" s="55" t="s">
+      <c r="A18" s="58" t="s">
         <v>18</v>
       </c>
-      <c r="B18" s="55"/>
-[...6 lines deleted...]
-      <c r="I18" s="55"/>
+      <c r="B18" s="58"/>
+      <c r="C18" s="58"/>
+      <c r="D18" s="58"/>
+      <c r="E18" s="58"/>
+      <c r="F18" s="58"/>
+      <c r="G18" s="58"/>
+      <c r="H18" s="58"/>
+      <c r="I18" s="58"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="1:11" s="13" customFormat="1" ht="24.6" customHeight="1">
-      <c r="A19" s="64" t="s">
-[...9 lines deleted...]
-      <c r="I19" s="64"/>
+      <c r="A19" s="57" t="s">
+        <v>65</v>
+      </c>
+      <c r="B19" s="57"/>
+      <c r="C19" s="57"/>
+      <c r="D19" s="57"/>
+      <c r="E19" s="57"/>
+      <c r="F19" s="57"/>
+      <c r="G19" s="57"/>
+      <c r="H19" s="57"/>
+      <c r="I19" s="57"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
     </row>
     <row r="20" spans="1:11" s="12" customFormat="1" ht="17.25" customHeight="1">
-      <c r="A20" s="55"/>
-[...7 lines deleted...]
-      <c r="I20" s="55"/>
+      <c r="A20" s="58"/>
+      <c r="B20" s="58"/>
+      <c r="C20" s="58"/>
+      <c r="D20" s="58"/>
+      <c r="E20" s="58"/>
+      <c r="F20" s="58"/>
+      <c r="G20" s="58"/>
+      <c r="H20" s="58"/>
+      <c r="I20" s="58"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
     </row>
-    <row r="21" spans="1:11" s="10" customFormat="1" ht="15">
-      <c r="A21" s="62" t="s">
+    <row r="21" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A21" s="49" t="s">
         <v>19</v>
       </c>
-      <c r="B21" s="62"/>
-[...6 lines deleted...]
-      <c r="I21" s="44"/>
+      <c r="B21" s="49"/>
+      <c r="C21" s="49"/>
+      <c r="D21" s="49"/>
+      <c r="E21" s="49"/>
+      <c r="F21" s="49"/>
+      <c r="G21" s="49"/>
+      <c r="H21" s="40"/>
+      <c r="I21" s="40"/>
     </row>
     <row r="22" spans="1:11" s="12" customFormat="1" ht="39.6" customHeight="1">
-      <c r="A22" s="63" t="s">
+      <c r="A22" s="56" t="s">
         <v>20</v>
       </c>
-      <c r="B22" s="63"/>
-[...5 lines deleted...]
-      <c r="H22" s="45" t="s">
+      <c r="B22" s="56"/>
+      <c r="C22" s="56"/>
+      <c r="D22" s="56"/>
+      <c r="E22" s="56"/>
+      <c r="F22" s="56"/>
+      <c r="G22" s="56"/>
+      <c r="H22" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I22" s="45" t="s">
+      <c r="I22" s="41" t="s">
         <v>22</v>
       </c>
       <c r="J22" s="9"/>
       <c r="K22" s="9"/>
     </row>
-    <row r="23" spans="1:11" s="10" customFormat="1" ht="15">
-      <c r="A23" s="62" t="s">
+    <row r="23" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A23" s="49" t="s">
         <v>23</v>
       </c>
-      <c r="B23" s="62"/>
-[...9 lines deleted...]
-      <c r="A24" s="61" t="s">
+      <c r="B23" s="49"/>
+      <c r="C23" s="49"/>
+      <c r="D23" s="49"/>
+      <c r="E23" s="49"/>
+      <c r="F23" s="49"/>
+      <c r="G23" s="49"/>
+      <c r="H23" s="40"/>
+      <c r="I23" s="40"/>
+    </row>
+    <row r="24" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A24" s="47" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="47"/>
+      <c r="C24" s="47"/>
+      <c r="D24" s="47"/>
+      <c r="E24" s="47"/>
+      <c r="F24" s="47"/>
+      <c r="G24" s="47"/>
+      <c r="H24" s="41" t="s">
+        <v>21</v>
+      </c>
+      <c r="I24" s="41" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A25" s="47" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="47"/>
+      <c r="C25" s="47"/>
+      <c r="D25" s="47"/>
+      <c r="E25" s="47"/>
+      <c r="F25" s="47"/>
+      <c r="G25" s="47"/>
+      <c r="H25" s="41" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25" s="41" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A26" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="49"/>
+      <c r="C26" s="49"/>
+      <c r="D26" s="49"/>
+      <c r="E26" s="49"/>
+      <c r="F26" s="49"/>
+      <c r="G26" s="49"/>
+      <c r="H26" s="40"/>
+      <c r="I26" s="40"/>
+    </row>
+    <row r="27" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A27" s="47" t="s">
         <v>70</v>
       </c>
-      <c r="B24" s="61"/>
-[...5 lines deleted...]
-      <c r="H24" s="45" t="s">
+      <c r="B27" s="47"/>
+      <c r="C27" s="47"/>
+      <c r="D27" s="47"/>
+      <c r="E27" s="47"/>
+      <c r="F27" s="47"/>
+      <c r="G27" s="47"/>
+      <c r="H27" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I24" s="45" t="s">
+      <c r="I27" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="1:11" s="10" customFormat="1" ht="15">
-      <c r="A25" s="61" t="s">
+    <row r="28" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A28" s="47" t="s">
         <v>71</v>
       </c>
-      <c r="B25" s="61"/>
-[...5 lines deleted...]
-      <c r="H25" s="45" t="s">
+      <c r="B28" s="47"/>
+      <c r="C28" s="47"/>
+      <c r="D28" s="47"/>
+      <c r="E28" s="47"/>
+      <c r="F28" s="47"/>
+      <c r="G28" s="47"/>
+      <c r="H28" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I25" s="45" t="s">
+      <c r="I28" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="26" spans="1:11" s="10" customFormat="1" ht="15">
-[...13 lines deleted...]
-      <c r="A27" s="61" t="s">
+    <row r="29" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A29" s="47" t="s">
         <v>72</v>
       </c>
-      <c r="B27" s="61"/>
-[...5 lines deleted...]
-      <c r="H27" s="45" t="s">
+      <c r="B29" s="47"/>
+      <c r="C29" s="47"/>
+      <c r="D29" s="47"/>
+      <c r="E29" s="47"/>
+      <c r="F29" s="47"/>
+      <c r="G29" s="47"/>
+      <c r="H29" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I27" s="45" t="s">
+      <c r="I29" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="28" spans="1:11" s="10" customFormat="1" ht="15">
-      <c r="A28" s="61" t="s">
+    <row r="30" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A30" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B30" s="49"/>
+      <c r="C30" s="49"/>
+      <c r="D30" s="49"/>
+      <c r="E30" s="49"/>
+      <c r="F30" s="49"/>
+      <c r="G30" s="49"/>
+      <c r="H30" s="40"/>
+      <c r="I30" s="40"/>
+    </row>
+    <row r="31" spans="1:11" s="10" customFormat="1" ht="14.35">
+      <c r="A31" s="47" t="s">
         <v>73</v>
       </c>
-      <c r="B28" s="61"/>
-[...5 lines deleted...]
-      <c r="H28" s="45" t="s">
+      <c r="B31" s="47"/>
+      <c r="C31" s="47"/>
+      <c r="D31" s="47"/>
+      <c r="E31" s="47"/>
+      <c r="F31" s="47"/>
+      <c r="G31" s="47"/>
+      <c r="H31" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I28" s="45" t="s">
+      <c r="I31" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="29" spans="1:11" s="10" customFormat="1" ht="15">
-[...9 lines deleted...]
-      <c r="H29" s="45" t="s">
+    <row r="32" spans="1:11" s="10" customFormat="1" ht="28.2" customHeight="1">
+      <c r="A32" s="47" t="s">
+        <v>26</v>
+      </c>
+      <c r="B32" s="47"/>
+      <c r="C32" s="47"/>
+      <c r="D32" s="47"/>
+      <c r="E32" s="47"/>
+      <c r="F32" s="47"/>
+      <c r="G32" s="47"/>
+      <c r="H32" s="47"/>
+      <c r="I32" s="47"/>
+    </row>
+    <row r="33" spans="1:9" s="10" customFormat="1" ht="14.35">
+      <c r="A33" s="47" t="s">
+        <v>27</v>
+      </c>
+      <c r="B33" s="47"/>
+      <c r="C33" s="47"/>
+      <c r="D33" s="47"/>
+      <c r="E33" s="47"/>
+      <c r="F33" s="47"/>
+      <c r="G33" s="47"/>
+      <c r="H33" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I29" s="45" t="s">
+      <c r="I33" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="30" spans="1:11" s="10" customFormat="1" ht="15">
-[...22 lines deleted...]
-      <c r="H31" s="45" t="s">
+    <row r="34" spans="1:9" s="10" customFormat="1" ht="28.2" customHeight="1">
+      <c r="A34" s="47" t="s">
+        <v>26</v>
+      </c>
+      <c r="B34" s="47"/>
+      <c r="C34" s="47"/>
+      <c r="D34" s="47"/>
+      <c r="E34" s="47"/>
+      <c r="F34" s="47"/>
+      <c r="G34" s="47"/>
+      <c r="H34" s="47"/>
+      <c r="I34" s="47"/>
+    </row>
+    <row r="35" spans="1:9" s="10" customFormat="1" ht="14.35">
+      <c r="A35" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" s="47"/>
+      <c r="C35" s="47"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="47"/>
+      <c r="F35" s="47"/>
+      <c r="G35" s="47"/>
+      <c r="H35" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I31" s="45" t="s">
+      <c r="I35" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="32" spans="1:11" s="10" customFormat="1" ht="28.15" customHeight="1">
-      <c r="A32" s="61" t="s">
+    <row r="36" spans="1:9" s="10" customFormat="1" ht="28.2" customHeight="1">
+      <c r="A36" s="47" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="61"/>
-[...18 lines deleted...]
-      <c r="H33" s="45" t="s">
+      <c r="B36" s="47"/>
+      <c r="C36" s="47"/>
+      <c r="D36" s="47"/>
+      <c r="E36" s="47"/>
+      <c r="F36" s="47"/>
+      <c r="G36" s="47"/>
+      <c r="H36" s="47"/>
+      <c r="I36" s="47"/>
+    </row>
+    <row r="37" spans="1:9" s="10" customFormat="1" ht="14.35">
+      <c r="A37" s="42" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" s="43"/>
+      <c r="C37" s="43"/>
+      <c r="D37" s="43"/>
+      <c r="E37" s="43"/>
+      <c r="F37" s="43"/>
+      <c r="G37" s="43"/>
+      <c r="H37" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I33" s="45" t="s">
+      <c r="I37" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="34" spans="1:9" s="10" customFormat="1" ht="28.15" customHeight="1">
-[...22 lines deleted...]
-      <c r="H35" s="45" t="s">
+    <row r="38" spans="1:9" s="10" customFormat="1" ht="28.2" customHeight="1">
+      <c r="A38" s="47" t="s">
+        <v>30</v>
+      </c>
+      <c r="B38" s="47"/>
+      <c r="C38" s="47"/>
+      <c r="D38" s="47"/>
+      <c r="E38" s="47"/>
+      <c r="F38" s="47"/>
+      <c r="G38" s="47"/>
+      <c r="H38" s="47"/>
+      <c r="I38" s="47"/>
+    </row>
+    <row r="39" spans="1:9" s="10" customFormat="1" ht="27.6" customHeight="1">
+      <c r="A39" s="48" t="s">
+        <v>31</v>
+      </c>
+      <c r="B39" s="48"/>
+      <c r="C39" s="48"/>
+      <c r="D39" s="48"/>
+      <c r="E39" s="48"/>
+      <c r="F39" s="48"/>
+      <c r="G39" s="48"/>
+      <c r="H39" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I35" s="45" t="s">
+      <c r="I39" s="41" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="36" spans="1:9" s="10" customFormat="1" ht="28.15" customHeight="1">
-[...30 lines deleted...]
-      <c r="A38" s="61" t="s">
+    <row r="40" spans="1:9" s="10" customFormat="1" ht="28.2" customHeight="1">
+      <c r="A40" s="47" t="s">
         <v>30</v>
       </c>
-      <c r="B38" s="61"/>
-[...36 lines deleted...]
-      <c r="I40" s="61"/>
+      <c r="B40" s="47"/>
+      <c r="C40" s="47"/>
+      <c r="D40" s="47"/>
+      <c r="E40" s="47"/>
+      <c r="F40" s="47"/>
+      <c r="G40" s="47"/>
+      <c r="H40" s="47"/>
+      <c r="I40" s="47"/>
     </row>
     <row r="41" spans="1:9" s="10" customFormat="1" ht="72" customHeight="1">
-      <c r="A41" s="69" t="s">
-[...9 lines deleted...]
-      <c r="I41" s="70"/>
+      <c r="A41" s="53" t="s">
+        <v>50</v>
+      </c>
+      <c r="B41" s="54"/>
+      <c r="C41" s="54"/>
+      <c r="D41" s="54"/>
+      <c r="E41" s="54"/>
+      <c r="F41" s="54"/>
+      <c r="G41" s="54"/>
+      <c r="H41" s="54"/>
+      <c r="I41" s="54"/>
     </row>
     <row r="42" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A42" s="67" t="s">
+      <c r="A42" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="B42" s="67"/>
+      <c r="B42" s="52"/>
       <c r="C42" s="14"/>
-      <c r="D42" s="67" t="s">
+      <c r="D42" s="52" t="s">
         <v>41</v>
       </c>
-      <c r="E42" s="67"/>
+      <c r="E42" s="52"/>
       <c r="F42" s="14"/>
-      <c r="G42" s="67" t="s">
+      <c r="G42" s="52" t="s">
         <v>43</v>
       </c>
-      <c r="H42" s="67"/>
-      <c r="I42" s="67"/>
+      <c r="H42" s="52"/>
+      <c r="I42" s="52"/>
     </row>
     <row r="43" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A43" s="68" t="s">
+      <c r="A43" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="B43" s="68"/>
+      <c r="B43" s="51"/>
       <c r="C43" s="14"/>
       <c r="D43" s="20" t="s">
         <v>42</v>
       </c>
       <c r="E43" s="16"/>
       <c r="F43" s="14"/>
-      <c r="G43" s="68" t="s">
+      <c r="G43" s="51" t="s">
         <v>44</v>
       </c>
-      <c r="H43" s="68"/>
-      <c r="I43" s="68"/>
+      <c r="H43" s="51"/>
+      <c r="I43" s="51"/>
     </row>
     <row r="44" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A44" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B44" s="16"/>
       <c r="C44" s="14"/>
       <c r="D44" s="16" t="s">
         <v>37</v>
       </c>
       <c r="E44" s="16"/>
       <c r="F44" s="14"/>
       <c r="G44" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="H44" s="65"/>
-      <c r="I44" s="65"/>
+      <c r="H44" s="55"/>
+      <c r="I44" s="55"/>
     </row>
     <row r="45" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A45" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B45" s="16"/>
       <c r="C45" s="14"/>
       <c r="D45" s="16" t="s">
         <v>38</v>
       </c>
       <c r="E45" s="16"/>
       <c r="F45" s="14"/>
       <c r="G45" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="H45" s="65"/>
-      <c r="I45" s="65"/>
+      <c r="H45" s="55"/>
+      <c r="I45" s="55"/>
     </row>
     <row r="46" spans="1:9" s="10" customFormat="1" ht="48.75" customHeight="1">
-      <c r="A46" s="66" t="s">
+      <c r="A46" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="B46" s="66"/>
+      <c r="B46" s="50"/>
       <c r="C46" s="14"/>
-      <c r="D46" s="66" t="s">
+      <c r="D46" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="E46" s="66"/>
+      <c r="E46" s="50"/>
       <c r="F46" s="14"/>
-      <c r="G46" s="66" t="s">
+      <c r="G46" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="H46" s="66"/>
-      <c r="I46" s="66"/>
+      <c r="H46" s="50"/>
+      <c r="I46" s="50"/>
     </row>
     <row r="47" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A47" s="14"/>
       <c r="B47" s="14"/>
       <c r="C47" s="14"/>
       <c r="D47" s="14"/>
       <c r="E47" s="14"/>
       <c r="F47" s="14"/>
       <c r="G47" s="14"/>
       <c r="H47" s="14"/>
       <c r="I47" s="14"/>
     </row>
     <row r="48" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A48" s="68" t="s">
+      <c r="A48" s="51" t="s">
         <v>40</v>
       </c>
-      <c r="B48" s="68"/>
+      <c r="B48" s="51"/>
       <c r="C48" s="14"/>
       <c r="D48" s="20" t="s">
         <v>42</v>
       </c>
       <c r="E48" s="16"/>
       <c r="F48" s="14"/>
       <c r="G48" s="20" t="s">
         <v>42</v>
       </c>
       <c r="H48" s="16"/>
       <c r="I48" s="16"/>
     </row>
     <row r="49" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A49" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B49" s="16"/>
       <c r="C49" s="14"/>
       <c r="D49" s="16" t="s">
         <v>37</v>
       </c>
       <c r="E49" s="16"/>
       <c r="F49" s="14"/>
       <c r="G49" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H49" s="16"/>
       <c r="I49" s="16"/>
     </row>
     <row r="50" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A50" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B50" s="16"/>
       <c r="C50" s="14"/>
       <c r="D50" s="16" t="s">
         <v>38</v>
       </c>
       <c r="E50" s="16"/>
       <c r="F50" s="14"/>
       <c r="G50" s="16" t="s">
         <v>38</v>
       </c>
       <c r="H50" s="16"/>
       <c r="I50" s="16"/>
     </row>
     <row r="51" spans="1:9" s="10" customFormat="1" ht="48.75" customHeight="1">
-      <c r="A51" s="66" t="s">
+      <c r="A51" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="B51" s="66"/>
+      <c r="B51" s="50"/>
       <c r="C51" s="14"/>
-      <c r="D51" s="66" t="s">
+      <c r="D51" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="E51" s="66"/>
+      <c r="E51" s="50"/>
       <c r="F51" s="14"/>
-      <c r="G51" s="66" t="s">
+      <c r="G51" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="H51" s="66"/>
-      <c r="I51" s="66"/>
+      <c r="H51" s="50"/>
+      <c r="I51" s="50"/>
     </row>
     <row r="52" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A52" s="14"/>
       <c r="B52" s="14"/>
       <c r="C52" s="14"/>
       <c r="D52" s="14"/>
       <c r="E52" s="14"/>
       <c r="F52" s="14"/>
       <c r="G52" s="14"/>
       <c r="H52" s="14"/>
       <c r="I52" s="14"/>
     </row>
     <row r="53" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A53" s="14"/>
       <c r="B53" s="14"/>
       <c r="C53" s="14"/>
       <c r="D53" s="20" t="s">
         <v>42</v>
       </c>
       <c r="E53" s="16"/>
       <c r="F53" s="14"/>
       <c r="G53" s="20" t="s">
         <v>42</v>
       </c>
       <c r="H53" s="16"/>
@@ -2353,836 +2431,836 @@
       <c r="G54" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H54" s="16"/>
       <c r="I54" s="16"/>
     </row>
     <row r="55" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A55" s="14"/>
       <c r="B55" s="14"/>
       <c r="C55" s="14"/>
       <c r="D55" s="16" t="s">
         <v>38</v>
       </c>
       <c r="E55" s="16"/>
       <c r="F55" s="14"/>
       <c r="G55" s="16" t="s">
         <v>38</v>
       </c>
       <c r="H55" s="16"/>
       <c r="I55" s="16"/>
     </row>
     <row r="56" spans="1:9" s="10" customFormat="1" ht="48.75" customHeight="1">
       <c r="A56" s="14"/>
       <c r="B56" s="14"/>
       <c r="C56" s="14"/>
-      <c r="D56" s="66" t="s">
+      <c r="D56" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="E56" s="66"/>
+      <c r="E56" s="50"/>
       <c r="F56" s="14"/>
-      <c r="G56" s="66" t="s">
+      <c r="G56" s="50" t="s">
         <v>39</v>
       </c>
-      <c r="H56" s="66"/>
-      <c r="I56" s="66"/>
+      <c r="H56" s="50"/>
+      <c r="I56" s="50"/>
     </row>
     <row r="57" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A57" s="14"/>
       <c r="B57" s="14"/>
       <c r="C57" s="14"/>
       <c r="D57" s="14"/>
       <c r="E57" s="14"/>
       <c r="F57" s="14"/>
       <c r="G57" s="14"/>
       <c r="H57" s="14"/>
       <c r="I57" s="14"/>
     </row>
     <row r="58" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B58" s="14"/>
       <c r="C58" s="14"/>
       <c r="D58" s="14"/>
       <c r="E58" s="14"/>
       <c r="F58" s="14"/>
       <c r="G58" s="14"/>
       <c r="H58" s="14"/>
       <c r="I58" s="14"/>
     </row>
     <row r="59" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B59" s="14"/>
       <c r="C59" s="14"/>
       <c r="D59" s="14"/>
       <c r="E59" s="14"/>
       <c r="F59" s="14"/>
       <c r="G59" s="14"/>
       <c r="H59" s="14"/>
       <c r="I59" s="14"/>
     </row>
-    <row r="60" spans="1:9" s="10" customFormat="1" ht="13.5"/>
+    <row r="60" spans="1:9" s="10" customFormat="1" ht="13"/>
   </sheetData>
   <mergeCells count="62">
-    <mergeCell ref="B14:D14"/>
-[...37 lines deleted...]
-    <mergeCell ref="A26:G26"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="G9:I9"/>
+    <mergeCell ref="G10:I10"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A7:D7"/>
+    <mergeCell ref="B8:D8"/>
     <mergeCell ref="A27:G27"/>
     <mergeCell ref="A28:G28"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="G11:I11"/>
     <mergeCell ref="G13:I13"/>
     <mergeCell ref="G14:I14"/>
     <mergeCell ref="G5:I5"/>
     <mergeCell ref="F7:I7"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="G8:I8"/>
-    <mergeCell ref="G9:I9"/>
-[...5 lines deleted...]
-    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A24:G24"/>
+    <mergeCell ref="A25:G25"/>
+    <mergeCell ref="A26:G26"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="G46:I46"/>
+    <mergeCell ref="G42:I42"/>
+    <mergeCell ref="G43:I43"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="G56:I56"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="D51:E51"/>
+    <mergeCell ref="D56:E56"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="G51:I51"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="A35:G35"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="A30:G30"/>
+    <mergeCell ref="A31:G31"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A29:G29"/>
+    <mergeCell ref="A22:G22"/>
+    <mergeCell ref="A23:G23"/>
+    <mergeCell ref="A21:G21"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A18:I18"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="48" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECE7CC78-A288-40B0-ADC6-174F8B0FA38E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:DN399"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="A7" sqref="A7:H7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="25.5" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="25.47265625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="54" style="3" customWidth="1"/>
-    <col min="4" max="4" width="11.875" style="3" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="8.875" style="5" customWidth="1"/>
+    <col min="4" max="4" width="11.89453125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="14.26171875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="11.89453125" style="3" customWidth="1"/>
+    <col min="7" max="7" width="40.62890625" style="3" customWidth="1"/>
+    <col min="8" max="8" width="31.734375" style="3" customWidth="1"/>
+    <col min="9" max="9" width="8.89453125" style="5" customWidth="1"/>
     <col min="10" max="118" width="9" style="5"/>
     <col min="119" max="255" width="9" style="3"/>
-    <col min="256" max="256" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="262" max="262" width="17.375" style="3" customWidth="1"/>
+    <col min="256" max="256" width="38.62890625" style="3" customWidth="1"/>
+    <col min="257" max="257" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="258" max="258" width="6.47265625" style="3" customWidth="1"/>
+    <col min="259" max="259" width="11.47265625" style="3" customWidth="1"/>
+    <col min="260" max="260" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="261" max="261" width="19.89453125" style="3" customWidth="1"/>
+    <col min="262" max="262" width="17.3671875" style="3" customWidth="1"/>
     <col min="263" max="263" width="10" style="3" customWidth="1"/>
-    <col min="264" max="264" width="8.875" style="3" customWidth="1"/>
+    <col min="264" max="264" width="8.89453125" style="3" customWidth="1"/>
     <col min="265" max="511" width="9" style="3"/>
-    <col min="512" max="512" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="518" max="518" width="17.375" style="3" customWidth="1"/>
+    <col min="512" max="512" width="38.62890625" style="3" customWidth="1"/>
+    <col min="513" max="513" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="514" max="514" width="6.47265625" style="3" customWidth="1"/>
+    <col min="515" max="515" width="11.47265625" style="3" customWidth="1"/>
+    <col min="516" max="516" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="517" max="517" width="19.89453125" style="3" customWidth="1"/>
+    <col min="518" max="518" width="17.3671875" style="3" customWidth="1"/>
     <col min="519" max="519" width="10" style="3" customWidth="1"/>
-    <col min="520" max="520" width="8.875" style="3" customWidth="1"/>
+    <col min="520" max="520" width="8.89453125" style="3" customWidth="1"/>
     <col min="521" max="767" width="9" style="3"/>
-    <col min="768" max="768" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="774" max="774" width="17.375" style="3" customWidth="1"/>
+    <col min="768" max="768" width="38.62890625" style="3" customWidth="1"/>
+    <col min="769" max="769" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="770" max="770" width="6.47265625" style="3" customWidth="1"/>
+    <col min="771" max="771" width="11.47265625" style="3" customWidth="1"/>
+    <col min="772" max="772" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="773" max="773" width="19.89453125" style="3" customWidth="1"/>
+    <col min="774" max="774" width="17.3671875" style="3" customWidth="1"/>
     <col min="775" max="775" width="10" style="3" customWidth="1"/>
-    <col min="776" max="776" width="8.875" style="3" customWidth="1"/>
+    <col min="776" max="776" width="8.89453125" style="3" customWidth="1"/>
     <col min="777" max="1023" width="9" style="3"/>
-    <col min="1024" max="1024" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1030" max="1030" width="17.375" style="3" customWidth="1"/>
+    <col min="1024" max="1024" width="38.62890625" style="3" customWidth="1"/>
+    <col min="1025" max="1025" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="1026" max="1026" width="6.47265625" style="3" customWidth="1"/>
+    <col min="1027" max="1027" width="11.47265625" style="3" customWidth="1"/>
+    <col min="1028" max="1028" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1029" max="1029" width="19.89453125" style="3" customWidth="1"/>
+    <col min="1030" max="1030" width="17.3671875" style="3" customWidth="1"/>
     <col min="1031" max="1031" width="10" style="3" customWidth="1"/>
-    <col min="1032" max="1032" width="8.875" style="3" customWidth="1"/>
+    <col min="1032" max="1032" width="8.89453125" style="3" customWidth="1"/>
     <col min="1033" max="1279" width="9" style="3"/>
-    <col min="1280" max="1280" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1286" max="1286" width="17.375" style="3" customWidth="1"/>
+    <col min="1280" max="1280" width="38.62890625" style="3" customWidth="1"/>
+    <col min="1281" max="1281" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="1282" max="1282" width="6.47265625" style="3" customWidth="1"/>
+    <col min="1283" max="1283" width="11.47265625" style="3" customWidth="1"/>
+    <col min="1284" max="1284" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1285" max="1285" width="19.89453125" style="3" customWidth="1"/>
+    <col min="1286" max="1286" width="17.3671875" style="3" customWidth="1"/>
     <col min="1287" max="1287" width="10" style="3" customWidth="1"/>
-    <col min="1288" max="1288" width="8.875" style="3" customWidth="1"/>
+    <col min="1288" max="1288" width="8.89453125" style="3" customWidth="1"/>
     <col min="1289" max="1535" width="9" style="3"/>
-    <col min="1536" max="1536" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1542" max="1542" width="17.375" style="3" customWidth="1"/>
+    <col min="1536" max="1536" width="38.62890625" style="3" customWidth="1"/>
+    <col min="1537" max="1537" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="1538" max="1538" width="6.47265625" style="3" customWidth="1"/>
+    <col min="1539" max="1539" width="11.47265625" style="3" customWidth="1"/>
+    <col min="1540" max="1540" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1541" max="1541" width="19.89453125" style="3" customWidth="1"/>
+    <col min="1542" max="1542" width="17.3671875" style="3" customWidth="1"/>
     <col min="1543" max="1543" width="10" style="3" customWidth="1"/>
-    <col min="1544" max="1544" width="8.875" style="3" customWidth="1"/>
+    <col min="1544" max="1544" width="8.89453125" style="3" customWidth="1"/>
     <col min="1545" max="1791" width="9" style="3"/>
-    <col min="1792" max="1792" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1798" max="1798" width="17.375" style="3" customWidth="1"/>
+    <col min="1792" max="1792" width="38.62890625" style="3" customWidth="1"/>
+    <col min="1793" max="1793" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="1794" max="1794" width="6.47265625" style="3" customWidth="1"/>
+    <col min="1795" max="1795" width="11.47265625" style="3" customWidth="1"/>
+    <col min="1796" max="1796" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1797" max="1797" width="19.89453125" style="3" customWidth="1"/>
+    <col min="1798" max="1798" width="17.3671875" style="3" customWidth="1"/>
     <col min="1799" max="1799" width="10" style="3" customWidth="1"/>
-    <col min="1800" max="1800" width="8.875" style="3" customWidth="1"/>
+    <col min="1800" max="1800" width="8.89453125" style="3" customWidth="1"/>
     <col min="1801" max="2047" width="9" style="3"/>
-    <col min="2048" max="2048" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2054" max="2054" width="17.375" style="3" customWidth="1"/>
+    <col min="2048" max="2048" width="38.62890625" style="3" customWidth="1"/>
+    <col min="2049" max="2049" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="2050" max="2050" width="6.47265625" style="3" customWidth="1"/>
+    <col min="2051" max="2051" width="11.47265625" style="3" customWidth="1"/>
+    <col min="2052" max="2052" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2053" max="2053" width="19.89453125" style="3" customWidth="1"/>
+    <col min="2054" max="2054" width="17.3671875" style="3" customWidth="1"/>
     <col min="2055" max="2055" width="10" style="3" customWidth="1"/>
-    <col min="2056" max="2056" width="8.875" style="3" customWidth="1"/>
+    <col min="2056" max="2056" width="8.89453125" style="3" customWidth="1"/>
     <col min="2057" max="2303" width="9" style="3"/>
-    <col min="2304" max="2304" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2310" max="2310" width="17.375" style="3" customWidth="1"/>
+    <col min="2304" max="2304" width="38.62890625" style="3" customWidth="1"/>
+    <col min="2305" max="2305" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="2306" max="2306" width="6.47265625" style="3" customWidth="1"/>
+    <col min="2307" max="2307" width="11.47265625" style="3" customWidth="1"/>
+    <col min="2308" max="2308" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2309" max="2309" width="19.89453125" style="3" customWidth="1"/>
+    <col min="2310" max="2310" width="17.3671875" style="3" customWidth="1"/>
     <col min="2311" max="2311" width="10" style="3" customWidth="1"/>
-    <col min="2312" max="2312" width="8.875" style="3" customWidth="1"/>
+    <col min="2312" max="2312" width="8.89453125" style="3" customWidth="1"/>
     <col min="2313" max="2559" width="9" style="3"/>
-    <col min="2560" max="2560" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2566" max="2566" width="17.375" style="3" customWidth="1"/>
+    <col min="2560" max="2560" width="38.62890625" style="3" customWidth="1"/>
+    <col min="2561" max="2561" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="2562" max="2562" width="6.47265625" style="3" customWidth="1"/>
+    <col min="2563" max="2563" width="11.47265625" style="3" customWidth="1"/>
+    <col min="2564" max="2564" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2565" max="2565" width="19.89453125" style="3" customWidth="1"/>
+    <col min="2566" max="2566" width="17.3671875" style="3" customWidth="1"/>
     <col min="2567" max="2567" width="10" style="3" customWidth="1"/>
-    <col min="2568" max="2568" width="8.875" style="3" customWidth="1"/>
+    <col min="2568" max="2568" width="8.89453125" style="3" customWidth="1"/>
     <col min="2569" max="2815" width="9" style="3"/>
-    <col min="2816" max="2816" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2822" max="2822" width="17.375" style="3" customWidth="1"/>
+    <col min="2816" max="2816" width="38.62890625" style="3" customWidth="1"/>
+    <col min="2817" max="2817" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="2818" max="2818" width="6.47265625" style="3" customWidth="1"/>
+    <col min="2819" max="2819" width="11.47265625" style="3" customWidth="1"/>
+    <col min="2820" max="2820" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2821" max="2821" width="19.89453125" style="3" customWidth="1"/>
+    <col min="2822" max="2822" width="17.3671875" style="3" customWidth="1"/>
     <col min="2823" max="2823" width="10" style="3" customWidth="1"/>
-    <col min="2824" max="2824" width="8.875" style="3" customWidth="1"/>
+    <col min="2824" max="2824" width="8.89453125" style="3" customWidth="1"/>
     <col min="2825" max="3071" width="9" style="3"/>
-    <col min="3072" max="3072" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3078" max="3078" width="17.375" style="3" customWidth="1"/>
+    <col min="3072" max="3072" width="38.62890625" style="3" customWidth="1"/>
+    <col min="3073" max="3073" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3074" max="3074" width="6.47265625" style="3" customWidth="1"/>
+    <col min="3075" max="3075" width="11.47265625" style="3" customWidth="1"/>
+    <col min="3076" max="3076" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3077" max="3077" width="19.89453125" style="3" customWidth="1"/>
+    <col min="3078" max="3078" width="17.3671875" style="3" customWidth="1"/>
     <col min="3079" max="3079" width="10" style="3" customWidth="1"/>
-    <col min="3080" max="3080" width="8.875" style="3" customWidth="1"/>
+    <col min="3080" max="3080" width="8.89453125" style="3" customWidth="1"/>
     <col min="3081" max="3327" width="9" style="3"/>
-    <col min="3328" max="3328" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3334" max="3334" width="17.375" style="3" customWidth="1"/>
+    <col min="3328" max="3328" width="38.62890625" style="3" customWidth="1"/>
+    <col min="3329" max="3329" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3330" max="3330" width="6.47265625" style="3" customWidth="1"/>
+    <col min="3331" max="3331" width="11.47265625" style="3" customWidth="1"/>
+    <col min="3332" max="3332" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3333" max="3333" width="19.89453125" style="3" customWidth="1"/>
+    <col min="3334" max="3334" width="17.3671875" style="3" customWidth="1"/>
     <col min="3335" max="3335" width="10" style="3" customWidth="1"/>
-    <col min="3336" max="3336" width="8.875" style="3" customWidth="1"/>
+    <col min="3336" max="3336" width="8.89453125" style="3" customWidth="1"/>
     <col min="3337" max="3583" width="9" style="3"/>
-    <col min="3584" max="3584" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3590" max="3590" width="17.375" style="3" customWidth="1"/>
+    <col min="3584" max="3584" width="38.62890625" style="3" customWidth="1"/>
+    <col min="3585" max="3585" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3586" max="3586" width="6.47265625" style="3" customWidth="1"/>
+    <col min="3587" max="3587" width="11.47265625" style="3" customWidth="1"/>
+    <col min="3588" max="3588" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3589" max="3589" width="19.89453125" style="3" customWidth="1"/>
+    <col min="3590" max="3590" width="17.3671875" style="3" customWidth="1"/>
     <col min="3591" max="3591" width="10" style="3" customWidth="1"/>
-    <col min="3592" max="3592" width="8.875" style="3" customWidth="1"/>
+    <col min="3592" max="3592" width="8.89453125" style="3" customWidth="1"/>
     <col min="3593" max="3839" width="9" style="3"/>
-    <col min="3840" max="3840" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3846" max="3846" width="17.375" style="3" customWidth="1"/>
+    <col min="3840" max="3840" width="38.62890625" style="3" customWidth="1"/>
+    <col min="3841" max="3841" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3842" max="3842" width="6.47265625" style="3" customWidth="1"/>
+    <col min="3843" max="3843" width="11.47265625" style="3" customWidth="1"/>
+    <col min="3844" max="3844" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3845" max="3845" width="19.89453125" style="3" customWidth="1"/>
+    <col min="3846" max="3846" width="17.3671875" style="3" customWidth="1"/>
     <col min="3847" max="3847" width="10" style="3" customWidth="1"/>
-    <col min="3848" max="3848" width="8.875" style="3" customWidth="1"/>
+    <col min="3848" max="3848" width="8.89453125" style="3" customWidth="1"/>
     <col min="3849" max="4095" width="9" style="3"/>
-    <col min="4096" max="4096" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4102" max="4102" width="17.375" style="3" customWidth="1"/>
+    <col min="4096" max="4096" width="38.62890625" style="3" customWidth="1"/>
+    <col min="4097" max="4097" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="4098" max="4098" width="6.47265625" style="3" customWidth="1"/>
+    <col min="4099" max="4099" width="11.47265625" style="3" customWidth="1"/>
+    <col min="4100" max="4100" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4101" max="4101" width="19.89453125" style="3" customWidth="1"/>
+    <col min="4102" max="4102" width="17.3671875" style="3" customWidth="1"/>
     <col min="4103" max="4103" width="10" style="3" customWidth="1"/>
-    <col min="4104" max="4104" width="8.875" style="3" customWidth="1"/>
+    <col min="4104" max="4104" width="8.89453125" style="3" customWidth="1"/>
     <col min="4105" max="4351" width="9" style="3"/>
-    <col min="4352" max="4352" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4358" max="4358" width="17.375" style="3" customWidth="1"/>
+    <col min="4352" max="4352" width="38.62890625" style="3" customWidth="1"/>
+    <col min="4353" max="4353" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="4354" max="4354" width="6.47265625" style="3" customWidth="1"/>
+    <col min="4355" max="4355" width="11.47265625" style="3" customWidth="1"/>
+    <col min="4356" max="4356" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4357" max="4357" width="19.89453125" style="3" customWidth="1"/>
+    <col min="4358" max="4358" width="17.3671875" style="3" customWidth="1"/>
     <col min="4359" max="4359" width="10" style="3" customWidth="1"/>
-    <col min="4360" max="4360" width="8.875" style="3" customWidth="1"/>
+    <col min="4360" max="4360" width="8.89453125" style="3" customWidth="1"/>
     <col min="4361" max="4607" width="9" style="3"/>
-    <col min="4608" max="4608" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4614" max="4614" width="17.375" style="3" customWidth="1"/>
+    <col min="4608" max="4608" width="38.62890625" style="3" customWidth="1"/>
+    <col min="4609" max="4609" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="4610" max="4610" width="6.47265625" style="3" customWidth="1"/>
+    <col min="4611" max="4611" width="11.47265625" style="3" customWidth="1"/>
+    <col min="4612" max="4612" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4613" max="4613" width="19.89453125" style="3" customWidth="1"/>
+    <col min="4614" max="4614" width="17.3671875" style="3" customWidth="1"/>
     <col min="4615" max="4615" width="10" style="3" customWidth="1"/>
-    <col min="4616" max="4616" width="8.875" style="3" customWidth="1"/>
+    <col min="4616" max="4616" width="8.89453125" style="3" customWidth="1"/>
     <col min="4617" max="4863" width="9" style="3"/>
-    <col min="4864" max="4864" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4870" max="4870" width="17.375" style="3" customWidth="1"/>
+    <col min="4864" max="4864" width="38.62890625" style="3" customWidth="1"/>
+    <col min="4865" max="4865" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="4866" max="4866" width="6.47265625" style="3" customWidth="1"/>
+    <col min="4867" max="4867" width="11.47265625" style="3" customWidth="1"/>
+    <col min="4868" max="4868" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4869" max="4869" width="19.89453125" style="3" customWidth="1"/>
+    <col min="4870" max="4870" width="17.3671875" style="3" customWidth="1"/>
     <col min="4871" max="4871" width="10" style="3" customWidth="1"/>
-    <col min="4872" max="4872" width="8.875" style="3" customWidth="1"/>
+    <col min="4872" max="4872" width="8.89453125" style="3" customWidth="1"/>
     <col min="4873" max="5119" width="9" style="3"/>
-    <col min="5120" max="5120" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5126" max="5126" width="17.375" style="3" customWidth="1"/>
+    <col min="5120" max="5120" width="38.62890625" style="3" customWidth="1"/>
+    <col min="5121" max="5121" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="5122" max="5122" width="6.47265625" style="3" customWidth="1"/>
+    <col min="5123" max="5123" width="11.47265625" style="3" customWidth="1"/>
+    <col min="5124" max="5124" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5125" max="5125" width="19.89453125" style="3" customWidth="1"/>
+    <col min="5126" max="5126" width="17.3671875" style="3" customWidth="1"/>
     <col min="5127" max="5127" width="10" style="3" customWidth="1"/>
-    <col min="5128" max="5128" width="8.875" style="3" customWidth="1"/>
+    <col min="5128" max="5128" width="8.89453125" style="3" customWidth="1"/>
     <col min="5129" max="5375" width="9" style="3"/>
-    <col min="5376" max="5376" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5382" max="5382" width="17.375" style="3" customWidth="1"/>
+    <col min="5376" max="5376" width="38.62890625" style="3" customWidth="1"/>
+    <col min="5377" max="5377" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="5378" max="5378" width="6.47265625" style="3" customWidth="1"/>
+    <col min="5379" max="5379" width="11.47265625" style="3" customWidth="1"/>
+    <col min="5380" max="5380" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5381" max="5381" width="19.89453125" style="3" customWidth="1"/>
+    <col min="5382" max="5382" width="17.3671875" style="3" customWidth="1"/>
     <col min="5383" max="5383" width="10" style="3" customWidth="1"/>
-    <col min="5384" max="5384" width="8.875" style="3" customWidth="1"/>
+    <col min="5384" max="5384" width="8.89453125" style="3" customWidth="1"/>
     <col min="5385" max="5631" width="9" style="3"/>
-    <col min="5632" max="5632" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5638" max="5638" width="17.375" style="3" customWidth="1"/>
+    <col min="5632" max="5632" width="38.62890625" style="3" customWidth="1"/>
+    <col min="5633" max="5633" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="5634" max="5634" width="6.47265625" style="3" customWidth="1"/>
+    <col min="5635" max="5635" width="11.47265625" style="3" customWidth="1"/>
+    <col min="5636" max="5636" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5637" max="5637" width="19.89453125" style="3" customWidth="1"/>
+    <col min="5638" max="5638" width="17.3671875" style="3" customWidth="1"/>
     <col min="5639" max="5639" width="10" style="3" customWidth="1"/>
-    <col min="5640" max="5640" width="8.875" style="3" customWidth="1"/>
+    <col min="5640" max="5640" width="8.89453125" style="3" customWidth="1"/>
     <col min="5641" max="5887" width="9" style="3"/>
-    <col min="5888" max="5888" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5894" max="5894" width="17.375" style="3" customWidth="1"/>
+    <col min="5888" max="5888" width="38.62890625" style="3" customWidth="1"/>
+    <col min="5889" max="5889" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="5890" max="5890" width="6.47265625" style="3" customWidth="1"/>
+    <col min="5891" max="5891" width="11.47265625" style="3" customWidth="1"/>
+    <col min="5892" max="5892" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5893" max="5893" width="19.89453125" style="3" customWidth="1"/>
+    <col min="5894" max="5894" width="17.3671875" style="3" customWidth="1"/>
     <col min="5895" max="5895" width="10" style="3" customWidth="1"/>
-    <col min="5896" max="5896" width="8.875" style="3" customWidth="1"/>
+    <col min="5896" max="5896" width="8.89453125" style="3" customWidth="1"/>
     <col min="5897" max="6143" width="9" style="3"/>
-    <col min="6144" max="6144" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6150" max="6150" width="17.375" style="3" customWidth="1"/>
+    <col min="6144" max="6144" width="38.62890625" style="3" customWidth="1"/>
+    <col min="6145" max="6145" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6146" max="6146" width="6.47265625" style="3" customWidth="1"/>
+    <col min="6147" max="6147" width="11.47265625" style="3" customWidth="1"/>
+    <col min="6148" max="6148" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6149" max="6149" width="19.89453125" style="3" customWidth="1"/>
+    <col min="6150" max="6150" width="17.3671875" style="3" customWidth="1"/>
     <col min="6151" max="6151" width="10" style="3" customWidth="1"/>
-    <col min="6152" max="6152" width="8.875" style="3" customWidth="1"/>
+    <col min="6152" max="6152" width="8.89453125" style="3" customWidth="1"/>
     <col min="6153" max="6399" width="9" style="3"/>
-    <col min="6400" max="6400" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6406" max="6406" width="17.375" style="3" customWidth="1"/>
+    <col min="6400" max="6400" width="38.62890625" style="3" customWidth="1"/>
+    <col min="6401" max="6401" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6402" max="6402" width="6.47265625" style="3" customWidth="1"/>
+    <col min="6403" max="6403" width="11.47265625" style="3" customWidth="1"/>
+    <col min="6404" max="6404" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6405" max="6405" width="19.89453125" style="3" customWidth="1"/>
+    <col min="6406" max="6406" width="17.3671875" style="3" customWidth="1"/>
     <col min="6407" max="6407" width="10" style="3" customWidth="1"/>
-    <col min="6408" max="6408" width="8.875" style="3" customWidth="1"/>
+    <col min="6408" max="6408" width="8.89453125" style="3" customWidth="1"/>
     <col min="6409" max="6655" width="9" style="3"/>
-    <col min="6656" max="6656" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6662" max="6662" width="17.375" style="3" customWidth="1"/>
+    <col min="6656" max="6656" width="38.62890625" style="3" customWidth="1"/>
+    <col min="6657" max="6657" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6658" max="6658" width="6.47265625" style="3" customWidth="1"/>
+    <col min="6659" max="6659" width="11.47265625" style="3" customWidth="1"/>
+    <col min="6660" max="6660" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6661" max="6661" width="19.89453125" style="3" customWidth="1"/>
+    <col min="6662" max="6662" width="17.3671875" style="3" customWidth="1"/>
     <col min="6663" max="6663" width="10" style="3" customWidth="1"/>
-    <col min="6664" max="6664" width="8.875" style="3" customWidth="1"/>
+    <col min="6664" max="6664" width="8.89453125" style="3" customWidth="1"/>
     <col min="6665" max="6911" width="9" style="3"/>
-    <col min="6912" max="6912" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6918" max="6918" width="17.375" style="3" customWidth="1"/>
+    <col min="6912" max="6912" width="38.62890625" style="3" customWidth="1"/>
+    <col min="6913" max="6913" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6914" max="6914" width="6.47265625" style="3" customWidth="1"/>
+    <col min="6915" max="6915" width="11.47265625" style="3" customWidth="1"/>
+    <col min="6916" max="6916" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6917" max="6917" width="19.89453125" style="3" customWidth="1"/>
+    <col min="6918" max="6918" width="17.3671875" style="3" customWidth="1"/>
     <col min="6919" max="6919" width="10" style="3" customWidth="1"/>
-    <col min="6920" max="6920" width="8.875" style="3" customWidth="1"/>
+    <col min="6920" max="6920" width="8.89453125" style="3" customWidth="1"/>
     <col min="6921" max="7167" width="9" style="3"/>
-    <col min="7168" max="7168" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7174" max="7174" width="17.375" style="3" customWidth="1"/>
+    <col min="7168" max="7168" width="38.62890625" style="3" customWidth="1"/>
+    <col min="7169" max="7169" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="7170" max="7170" width="6.47265625" style="3" customWidth="1"/>
+    <col min="7171" max="7171" width="11.47265625" style="3" customWidth="1"/>
+    <col min="7172" max="7172" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7173" max="7173" width="19.89453125" style="3" customWidth="1"/>
+    <col min="7174" max="7174" width="17.3671875" style="3" customWidth="1"/>
     <col min="7175" max="7175" width="10" style="3" customWidth="1"/>
-    <col min="7176" max="7176" width="8.875" style="3" customWidth="1"/>
+    <col min="7176" max="7176" width="8.89453125" style="3" customWidth="1"/>
     <col min="7177" max="7423" width="9" style="3"/>
-    <col min="7424" max="7424" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7430" max="7430" width="17.375" style="3" customWidth="1"/>
+    <col min="7424" max="7424" width="38.62890625" style="3" customWidth="1"/>
+    <col min="7425" max="7425" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="7426" max="7426" width="6.47265625" style="3" customWidth="1"/>
+    <col min="7427" max="7427" width="11.47265625" style="3" customWidth="1"/>
+    <col min="7428" max="7428" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7429" max="7429" width="19.89453125" style="3" customWidth="1"/>
+    <col min="7430" max="7430" width="17.3671875" style="3" customWidth="1"/>
     <col min="7431" max="7431" width="10" style="3" customWidth="1"/>
-    <col min="7432" max="7432" width="8.875" style="3" customWidth="1"/>
+    <col min="7432" max="7432" width="8.89453125" style="3" customWidth="1"/>
     <col min="7433" max="7679" width="9" style="3"/>
-    <col min="7680" max="7680" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7686" max="7686" width="17.375" style="3" customWidth="1"/>
+    <col min="7680" max="7680" width="38.62890625" style="3" customWidth="1"/>
+    <col min="7681" max="7681" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="7682" max="7682" width="6.47265625" style="3" customWidth="1"/>
+    <col min="7683" max="7683" width="11.47265625" style="3" customWidth="1"/>
+    <col min="7684" max="7684" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7685" max="7685" width="19.89453125" style="3" customWidth="1"/>
+    <col min="7686" max="7686" width="17.3671875" style="3" customWidth="1"/>
     <col min="7687" max="7687" width="10" style="3" customWidth="1"/>
-    <col min="7688" max="7688" width="8.875" style="3" customWidth="1"/>
+    <col min="7688" max="7688" width="8.89453125" style="3" customWidth="1"/>
     <col min="7689" max="7935" width="9" style="3"/>
-    <col min="7936" max="7936" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7942" max="7942" width="17.375" style="3" customWidth="1"/>
+    <col min="7936" max="7936" width="38.62890625" style="3" customWidth="1"/>
+    <col min="7937" max="7937" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="7938" max="7938" width="6.47265625" style="3" customWidth="1"/>
+    <col min="7939" max="7939" width="11.47265625" style="3" customWidth="1"/>
+    <col min="7940" max="7940" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7941" max="7941" width="19.89453125" style="3" customWidth="1"/>
+    <col min="7942" max="7942" width="17.3671875" style="3" customWidth="1"/>
     <col min="7943" max="7943" width="10" style="3" customWidth="1"/>
-    <col min="7944" max="7944" width="8.875" style="3" customWidth="1"/>
+    <col min="7944" max="7944" width="8.89453125" style="3" customWidth="1"/>
     <col min="7945" max="8191" width="9" style="3"/>
-    <col min="8192" max="8192" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8198" max="8198" width="17.375" style="3" customWidth="1"/>
+    <col min="8192" max="8192" width="38.62890625" style="3" customWidth="1"/>
+    <col min="8193" max="8193" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="8194" max="8194" width="6.47265625" style="3" customWidth="1"/>
+    <col min="8195" max="8195" width="11.47265625" style="3" customWidth="1"/>
+    <col min="8196" max="8196" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8197" max="8197" width="19.89453125" style="3" customWidth="1"/>
+    <col min="8198" max="8198" width="17.3671875" style="3" customWidth="1"/>
     <col min="8199" max="8199" width="10" style="3" customWidth="1"/>
-    <col min="8200" max="8200" width="8.875" style="3" customWidth="1"/>
+    <col min="8200" max="8200" width="8.89453125" style="3" customWidth="1"/>
     <col min="8201" max="8447" width="9" style="3"/>
-    <col min="8448" max="8448" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8454" max="8454" width="17.375" style="3" customWidth="1"/>
+    <col min="8448" max="8448" width="38.62890625" style="3" customWidth="1"/>
+    <col min="8449" max="8449" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="8450" max="8450" width="6.47265625" style="3" customWidth="1"/>
+    <col min="8451" max="8451" width="11.47265625" style="3" customWidth="1"/>
+    <col min="8452" max="8452" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8453" max="8453" width="19.89453125" style="3" customWidth="1"/>
+    <col min="8454" max="8454" width="17.3671875" style="3" customWidth="1"/>
     <col min="8455" max="8455" width="10" style="3" customWidth="1"/>
-    <col min="8456" max="8456" width="8.875" style="3" customWidth="1"/>
+    <col min="8456" max="8456" width="8.89453125" style="3" customWidth="1"/>
     <col min="8457" max="8703" width="9" style="3"/>
-    <col min="8704" max="8704" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8710" max="8710" width="17.375" style="3" customWidth="1"/>
+    <col min="8704" max="8704" width="38.62890625" style="3" customWidth="1"/>
+    <col min="8705" max="8705" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="8706" max="8706" width="6.47265625" style="3" customWidth="1"/>
+    <col min="8707" max="8707" width="11.47265625" style="3" customWidth="1"/>
+    <col min="8708" max="8708" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8709" max="8709" width="19.89453125" style="3" customWidth="1"/>
+    <col min="8710" max="8710" width="17.3671875" style="3" customWidth="1"/>
     <col min="8711" max="8711" width="10" style="3" customWidth="1"/>
-    <col min="8712" max="8712" width="8.875" style="3" customWidth="1"/>
+    <col min="8712" max="8712" width="8.89453125" style="3" customWidth="1"/>
     <col min="8713" max="8959" width="9" style="3"/>
-    <col min="8960" max="8960" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8966" max="8966" width="17.375" style="3" customWidth="1"/>
+    <col min="8960" max="8960" width="38.62890625" style="3" customWidth="1"/>
+    <col min="8961" max="8961" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="8962" max="8962" width="6.47265625" style="3" customWidth="1"/>
+    <col min="8963" max="8963" width="11.47265625" style="3" customWidth="1"/>
+    <col min="8964" max="8964" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8965" max="8965" width="19.89453125" style="3" customWidth="1"/>
+    <col min="8966" max="8966" width="17.3671875" style="3" customWidth="1"/>
     <col min="8967" max="8967" width="10" style="3" customWidth="1"/>
-    <col min="8968" max="8968" width="8.875" style="3" customWidth="1"/>
+    <col min="8968" max="8968" width="8.89453125" style="3" customWidth="1"/>
     <col min="8969" max="9215" width="9" style="3"/>
-    <col min="9216" max="9216" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9222" max="9222" width="17.375" style="3" customWidth="1"/>
+    <col min="9216" max="9216" width="38.62890625" style="3" customWidth="1"/>
+    <col min="9217" max="9217" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9218" max="9218" width="6.47265625" style="3" customWidth="1"/>
+    <col min="9219" max="9219" width="11.47265625" style="3" customWidth="1"/>
+    <col min="9220" max="9220" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9221" max="9221" width="19.89453125" style="3" customWidth="1"/>
+    <col min="9222" max="9222" width="17.3671875" style="3" customWidth="1"/>
     <col min="9223" max="9223" width="10" style="3" customWidth="1"/>
-    <col min="9224" max="9224" width="8.875" style="3" customWidth="1"/>
+    <col min="9224" max="9224" width="8.89453125" style="3" customWidth="1"/>
     <col min="9225" max="9471" width="9" style="3"/>
-    <col min="9472" max="9472" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9478" max="9478" width="17.375" style="3" customWidth="1"/>
+    <col min="9472" max="9472" width="38.62890625" style="3" customWidth="1"/>
+    <col min="9473" max="9473" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9474" max="9474" width="6.47265625" style="3" customWidth="1"/>
+    <col min="9475" max="9475" width="11.47265625" style="3" customWidth="1"/>
+    <col min="9476" max="9476" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9477" max="9477" width="19.89453125" style="3" customWidth="1"/>
+    <col min="9478" max="9478" width="17.3671875" style="3" customWidth="1"/>
     <col min="9479" max="9479" width="10" style="3" customWidth="1"/>
-    <col min="9480" max="9480" width="8.875" style="3" customWidth="1"/>
+    <col min="9480" max="9480" width="8.89453125" style="3" customWidth="1"/>
     <col min="9481" max="9727" width="9" style="3"/>
-    <col min="9728" max="9728" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9734" max="9734" width="17.375" style="3" customWidth="1"/>
+    <col min="9728" max="9728" width="38.62890625" style="3" customWidth="1"/>
+    <col min="9729" max="9729" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9730" max="9730" width="6.47265625" style="3" customWidth="1"/>
+    <col min="9731" max="9731" width="11.47265625" style="3" customWidth="1"/>
+    <col min="9732" max="9732" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9733" max="9733" width="19.89453125" style="3" customWidth="1"/>
+    <col min="9734" max="9734" width="17.3671875" style="3" customWidth="1"/>
     <col min="9735" max="9735" width="10" style="3" customWidth="1"/>
-    <col min="9736" max="9736" width="8.875" style="3" customWidth="1"/>
+    <col min="9736" max="9736" width="8.89453125" style="3" customWidth="1"/>
     <col min="9737" max="9983" width="9" style="3"/>
-    <col min="9984" max="9984" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9990" max="9990" width="17.375" style="3" customWidth="1"/>
+    <col min="9984" max="9984" width="38.62890625" style="3" customWidth="1"/>
+    <col min="9985" max="9985" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="9986" max="9986" width="6.47265625" style="3" customWidth="1"/>
+    <col min="9987" max="9987" width="11.47265625" style="3" customWidth="1"/>
+    <col min="9988" max="9988" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9989" max="9989" width="19.89453125" style="3" customWidth="1"/>
+    <col min="9990" max="9990" width="17.3671875" style="3" customWidth="1"/>
     <col min="9991" max="9991" width="10" style="3" customWidth="1"/>
-    <col min="9992" max="9992" width="8.875" style="3" customWidth="1"/>
+    <col min="9992" max="9992" width="8.89453125" style="3" customWidth="1"/>
     <col min="9993" max="10239" width="9" style="3"/>
-    <col min="10240" max="10240" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10246" max="10246" width="17.375" style="3" customWidth="1"/>
+    <col min="10240" max="10240" width="38.62890625" style="3" customWidth="1"/>
+    <col min="10241" max="10241" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="10242" max="10242" width="6.47265625" style="3" customWidth="1"/>
+    <col min="10243" max="10243" width="11.47265625" style="3" customWidth="1"/>
+    <col min="10244" max="10244" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10245" max="10245" width="19.89453125" style="3" customWidth="1"/>
+    <col min="10246" max="10246" width="17.3671875" style="3" customWidth="1"/>
     <col min="10247" max="10247" width="10" style="3" customWidth="1"/>
-    <col min="10248" max="10248" width="8.875" style="3" customWidth="1"/>
+    <col min="10248" max="10248" width="8.89453125" style="3" customWidth="1"/>
     <col min="10249" max="10495" width="9" style="3"/>
-    <col min="10496" max="10496" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10502" max="10502" width="17.375" style="3" customWidth="1"/>
+    <col min="10496" max="10496" width="38.62890625" style="3" customWidth="1"/>
+    <col min="10497" max="10497" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="10498" max="10498" width="6.47265625" style="3" customWidth="1"/>
+    <col min="10499" max="10499" width="11.47265625" style="3" customWidth="1"/>
+    <col min="10500" max="10500" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10501" max="10501" width="19.89453125" style="3" customWidth="1"/>
+    <col min="10502" max="10502" width="17.3671875" style="3" customWidth="1"/>
     <col min="10503" max="10503" width="10" style="3" customWidth="1"/>
-    <col min="10504" max="10504" width="8.875" style="3" customWidth="1"/>
+    <col min="10504" max="10504" width="8.89453125" style="3" customWidth="1"/>
     <col min="10505" max="10751" width="9" style="3"/>
-    <col min="10752" max="10752" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10758" max="10758" width="17.375" style="3" customWidth="1"/>
+    <col min="10752" max="10752" width="38.62890625" style="3" customWidth="1"/>
+    <col min="10753" max="10753" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="10754" max="10754" width="6.47265625" style="3" customWidth="1"/>
+    <col min="10755" max="10755" width="11.47265625" style="3" customWidth="1"/>
+    <col min="10756" max="10756" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10757" max="10757" width="19.89453125" style="3" customWidth="1"/>
+    <col min="10758" max="10758" width="17.3671875" style="3" customWidth="1"/>
     <col min="10759" max="10759" width="10" style="3" customWidth="1"/>
-    <col min="10760" max="10760" width="8.875" style="3" customWidth="1"/>
+    <col min="10760" max="10760" width="8.89453125" style="3" customWidth="1"/>
     <col min="10761" max="11007" width="9" style="3"/>
-    <col min="11008" max="11008" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11014" max="11014" width="17.375" style="3" customWidth="1"/>
+    <col min="11008" max="11008" width="38.62890625" style="3" customWidth="1"/>
+    <col min="11009" max="11009" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="11010" max="11010" width="6.47265625" style="3" customWidth="1"/>
+    <col min="11011" max="11011" width="11.47265625" style="3" customWidth="1"/>
+    <col min="11012" max="11012" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="11013" max="11013" width="19.89453125" style="3" customWidth="1"/>
+    <col min="11014" max="11014" width="17.3671875" style="3" customWidth="1"/>
     <col min="11015" max="11015" width="10" style="3" customWidth="1"/>
-    <col min="11016" max="11016" width="8.875" style="3" customWidth="1"/>
+    <col min="11016" max="11016" width="8.89453125" style="3" customWidth="1"/>
     <col min="11017" max="11263" width="9" style="3"/>
-    <col min="11264" max="11264" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11270" max="11270" width="17.375" style="3" customWidth="1"/>
+    <col min="11264" max="11264" width="38.62890625" style="3" customWidth="1"/>
+    <col min="11265" max="11265" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="11266" max="11266" width="6.47265625" style="3" customWidth="1"/>
+    <col min="11267" max="11267" width="11.47265625" style="3" customWidth="1"/>
+    <col min="11268" max="11268" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="11269" max="11269" width="19.89453125" style="3" customWidth="1"/>
+    <col min="11270" max="11270" width="17.3671875" style="3" customWidth="1"/>
     <col min="11271" max="11271" width="10" style="3" customWidth="1"/>
-    <col min="11272" max="11272" width="8.875" style="3" customWidth="1"/>
+    <col min="11272" max="11272" width="8.89453125" style="3" customWidth="1"/>
     <col min="11273" max="11519" width="9" style="3"/>
-    <col min="11520" max="11520" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11526" max="11526" width="17.375" style="3" customWidth="1"/>
+    <col min="11520" max="11520" width="38.62890625" style="3" customWidth="1"/>
+    <col min="11521" max="11521" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="11522" max="11522" width="6.47265625" style="3" customWidth="1"/>
+    <col min="11523" max="11523" width="11.47265625" style="3" customWidth="1"/>
+    <col min="11524" max="11524" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="11525" max="11525" width="19.89453125" style="3" customWidth="1"/>
+    <col min="11526" max="11526" width="17.3671875" style="3" customWidth="1"/>
     <col min="11527" max="11527" width="10" style="3" customWidth="1"/>
-    <col min="11528" max="11528" width="8.875" style="3" customWidth="1"/>
+    <col min="11528" max="11528" width="8.89453125" style="3" customWidth="1"/>
     <col min="11529" max="11775" width="9" style="3"/>
-    <col min="11776" max="11776" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11782" max="11782" width="17.375" style="3" customWidth="1"/>
+    <col min="11776" max="11776" width="38.62890625" style="3" customWidth="1"/>
+    <col min="11777" max="11777" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="11778" max="11778" width="6.47265625" style="3" customWidth="1"/>
+    <col min="11779" max="11779" width="11.47265625" style="3" customWidth="1"/>
+    <col min="11780" max="11780" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="11781" max="11781" width="19.89453125" style="3" customWidth="1"/>
+    <col min="11782" max="11782" width="17.3671875" style="3" customWidth="1"/>
     <col min="11783" max="11783" width="10" style="3" customWidth="1"/>
-    <col min="11784" max="11784" width="8.875" style="3" customWidth="1"/>
+    <col min="11784" max="11784" width="8.89453125" style="3" customWidth="1"/>
     <col min="11785" max="12031" width="9" style="3"/>
-    <col min="12032" max="12032" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12038" max="12038" width="17.375" style="3" customWidth="1"/>
+    <col min="12032" max="12032" width="38.62890625" style="3" customWidth="1"/>
+    <col min="12033" max="12033" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="12034" max="12034" width="6.47265625" style="3" customWidth="1"/>
+    <col min="12035" max="12035" width="11.47265625" style="3" customWidth="1"/>
+    <col min="12036" max="12036" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="12037" max="12037" width="19.89453125" style="3" customWidth="1"/>
+    <col min="12038" max="12038" width="17.3671875" style="3" customWidth="1"/>
     <col min="12039" max="12039" width="10" style="3" customWidth="1"/>
-    <col min="12040" max="12040" width="8.875" style="3" customWidth="1"/>
+    <col min="12040" max="12040" width="8.89453125" style="3" customWidth="1"/>
     <col min="12041" max="12287" width="9" style="3"/>
-    <col min="12288" max="12288" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12294" max="12294" width="17.375" style="3" customWidth="1"/>
+    <col min="12288" max="12288" width="38.62890625" style="3" customWidth="1"/>
+    <col min="12289" max="12289" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="12290" max="12290" width="6.47265625" style="3" customWidth="1"/>
+    <col min="12291" max="12291" width="11.47265625" style="3" customWidth="1"/>
+    <col min="12292" max="12292" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="12293" max="12293" width="19.89453125" style="3" customWidth="1"/>
+    <col min="12294" max="12294" width="17.3671875" style="3" customWidth="1"/>
     <col min="12295" max="12295" width="10" style="3" customWidth="1"/>
-    <col min="12296" max="12296" width="8.875" style="3" customWidth="1"/>
+    <col min="12296" max="12296" width="8.89453125" style="3" customWidth="1"/>
     <col min="12297" max="12543" width="9" style="3"/>
-    <col min="12544" max="12544" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12550" max="12550" width="17.375" style="3" customWidth="1"/>
+    <col min="12544" max="12544" width="38.62890625" style="3" customWidth="1"/>
+    <col min="12545" max="12545" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="12546" max="12546" width="6.47265625" style="3" customWidth="1"/>
+    <col min="12547" max="12547" width="11.47265625" style="3" customWidth="1"/>
+    <col min="12548" max="12548" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="12549" max="12549" width="19.89453125" style="3" customWidth="1"/>
+    <col min="12550" max="12550" width="17.3671875" style="3" customWidth="1"/>
     <col min="12551" max="12551" width="10" style="3" customWidth="1"/>
-    <col min="12552" max="12552" width="8.875" style="3" customWidth="1"/>
+    <col min="12552" max="12552" width="8.89453125" style="3" customWidth="1"/>
     <col min="12553" max="12799" width="9" style="3"/>
-    <col min="12800" max="12800" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12806" max="12806" width="17.375" style="3" customWidth="1"/>
+    <col min="12800" max="12800" width="38.62890625" style="3" customWidth="1"/>
+    <col min="12801" max="12801" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="12802" max="12802" width="6.47265625" style="3" customWidth="1"/>
+    <col min="12803" max="12803" width="11.47265625" style="3" customWidth="1"/>
+    <col min="12804" max="12804" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="12805" max="12805" width="19.89453125" style="3" customWidth="1"/>
+    <col min="12806" max="12806" width="17.3671875" style="3" customWidth="1"/>
     <col min="12807" max="12807" width="10" style="3" customWidth="1"/>
-    <col min="12808" max="12808" width="8.875" style="3" customWidth="1"/>
+    <col min="12808" max="12808" width="8.89453125" style="3" customWidth="1"/>
     <col min="12809" max="13055" width="9" style="3"/>
-    <col min="13056" max="13056" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13062" max="13062" width="17.375" style="3" customWidth="1"/>
+    <col min="13056" max="13056" width="38.62890625" style="3" customWidth="1"/>
+    <col min="13057" max="13057" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="13058" max="13058" width="6.47265625" style="3" customWidth="1"/>
+    <col min="13059" max="13059" width="11.47265625" style="3" customWidth="1"/>
+    <col min="13060" max="13060" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13061" max="13061" width="19.89453125" style="3" customWidth="1"/>
+    <col min="13062" max="13062" width="17.3671875" style="3" customWidth="1"/>
     <col min="13063" max="13063" width="10" style="3" customWidth="1"/>
-    <col min="13064" max="13064" width="8.875" style="3" customWidth="1"/>
+    <col min="13064" max="13064" width="8.89453125" style="3" customWidth="1"/>
     <col min="13065" max="13311" width="9" style="3"/>
-    <col min="13312" max="13312" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13318" max="13318" width="17.375" style="3" customWidth="1"/>
+    <col min="13312" max="13312" width="38.62890625" style="3" customWidth="1"/>
+    <col min="13313" max="13313" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="13314" max="13314" width="6.47265625" style="3" customWidth="1"/>
+    <col min="13315" max="13315" width="11.47265625" style="3" customWidth="1"/>
+    <col min="13316" max="13316" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13317" max="13317" width="19.89453125" style="3" customWidth="1"/>
+    <col min="13318" max="13318" width="17.3671875" style="3" customWidth="1"/>
     <col min="13319" max="13319" width="10" style="3" customWidth="1"/>
-    <col min="13320" max="13320" width="8.875" style="3" customWidth="1"/>
+    <col min="13320" max="13320" width="8.89453125" style="3" customWidth="1"/>
     <col min="13321" max="13567" width="9" style="3"/>
-    <col min="13568" max="13568" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13574" max="13574" width="17.375" style="3" customWidth="1"/>
+    <col min="13568" max="13568" width="38.62890625" style="3" customWidth="1"/>
+    <col min="13569" max="13569" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="13570" max="13570" width="6.47265625" style="3" customWidth="1"/>
+    <col min="13571" max="13571" width="11.47265625" style="3" customWidth="1"/>
+    <col min="13572" max="13572" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13573" max="13573" width="19.89453125" style="3" customWidth="1"/>
+    <col min="13574" max="13574" width="17.3671875" style="3" customWidth="1"/>
     <col min="13575" max="13575" width="10" style="3" customWidth="1"/>
-    <col min="13576" max="13576" width="8.875" style="3" customWidth="1"/>
+    <col min="13576" max="13576" width="8.89453125" style="3" customWidth="1"/>
     <col min="13577" max="13823" width="9" style="3"/>
-    <col min="13824" max="13824" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13830" max="13830" width="17.375" style="3" customWidth="1"/>
+    <col min="13824" max="13824" width="38.62890625" style="3" customWidth="1"/>
+    <col min="13825" max="13825" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="13826" max="13826" width="6.47265625" style="3" customWidth="1"/>
+    <col min="13827" max="13827" width="11.47265625" style="3" customWidth="1"/>
+    <col min="13828" max="13828" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13829" max="13829" width="19.89453125" style="3" customWidth="1"/>
+    <col min="13830" max="13830" width="17.3671875" style="3" customWidth="1"/>
     <col min="13831" max="13831" width="10" style="3" customWidth="1"/>
-    <col min="13832" max="13832" width="8.875" style="3" customWidth="1"/>
+    <col min="13832" max="13832" width="8.89453125" style="3" customWidth="1"/>
     <col min="13833" max="14079" width="9" style="3"/>
-    <col min="14080" max="14080" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14086" max="14086" width="17.375" style="3" customWidth="1"/>
+    <col min="14080" max="14080" width="38.62890625" style="3" customWidth="1"/>
+    <col min="14081" max="14081" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="14082" max="14082" width="6.47265625" style="3" customWidth="1"/>
+    <col min="14083" max="14083" width="11.47265625" style="3" customWidth="1"/>
+    <col min="14084" max="14084" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14085" max="14085" width="19.89453125" style="3" customWidth="1"/>
+    <col min="14086" max="14086" width="17.3671875" style="3" customWidth="1"/>
     <col min="14087" max="14087" width="10" style="3" customWidth="1"/>
-    <col min="14088" max="14088" width="8.875" style="3" customWidth="1"/>
+    <col min="14088" max="14088" width="8.89453125" style="3" customWidth="1"/>
     <col min="14089" max="14335" width="9" style="3"/>
-    <col min="14336" max="14336" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14342" max="14342" width="17.375" style="3" customWidth="1"/>
+    <col min="14336" max="14336" width="38.62890625" style="3" customWidth="1"/>
+    <col min="14337" max="14337" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="14338" max="14338" width="6.47265625" style="3" customWidth="1"/>
+    <col min="14339" max="14339" width="11.47265625" style="3" customWidth="1"/>
+    <col min="14340" max="14340" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14341" max="14341" width="19.89453125" style="3" customWidth="1"/>
+    <col min="14342" max="14342" width="17.3671875" style="3" customWidth="1"/>
     <col min="14343" max="14343" width="10" style="3" customWidth="1"/>
-    <col min="14344" max="14344" width="8.875" style="3" customWidth="1"/>
+    <col min="14344" max="14344" width="8.89453125" style="3" customWidth="1"/>
     <col min="14345" max="14591" width="9" style="3"/>
-    <col min="14592" max="14592" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14598" max="14598" width="17.375" style="3" customWidth="1"/>
+    <col min="14592" max="14592" width="38.62890625" style="3" customWidth="1"/>
+    <col min="14593" max="14593" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="14594" max="14594" width="6.47265625" style="3" customWidth="1"/>
+    <col min="14595" max="14595" width="11.47265625" style="3" customWidth="1"/>
+    <col min="14596" max="14596" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14597" max="14597" width="19.89453125" style="3" customWidth="1"/>
+    <col min="14598" max="14598" width="17.3671875" style="3" customWidth="1"/>
     <col min="14599" max="14599" width="10" style="3" customWidth="1"/>
-    <col min="14600" max="14600" width="8.875" style="3" customWidth="1"/>
+    <col min="14600" max="14600" width="8.89453125" style="3" customWidth="1"/>
     <col min="14601" max="14847" width="9" style="3"/>
-    <col min="14848" max="14848" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14854" max="14854" width="17.375" style="3" customWidth="1"/>
+    <col min="14848" max="14848" width="38.62890625" style="3" customWidth="1"/>
+    <col min="14849" max="14849" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="14850" max="14850" width="6.47265625" style="3" customWidth="1"/>
+    <col min="14851" max="14851" width="11.47265625" style="3" customWidth="1"/>
+    <col min="14852" max="14852" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14853" max="14853" width="19.89453125" style="3" customWidth="1"/>
+    <col min="14854" max="14854" width="17.3671875" style="3" customWidth="1"/>
     <col min="14855" max="14855" width="10" style="3" customWidth="1"/>
-    <col min="14856" max="14856" width="8.875" style="3" customWidth="1"/>
+    <col min="14856" max="14856" width="8.89453125" style="3" customWidth="1"/>
     <col min="14857" max="15103" width="9" style="3"/>
-    <col min="15104" max="15104" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15110" max="15110" width="17.375" style="3" customWidth="1"/>
+    <col min="15104" max="15104" width="38.62890625" style="3" customWidth="1"/>
+    <col min="15105" max="15105" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="15106" max="15106" width="6.47265625" style="3" customWidth="1"/>
+    <col min="15107" max="15107" width="11.47265625" style="3" customWidth="1"/>
+    <col min="15108" max="15108" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15109" max="15109" width="19.89453125" style="3" customWidth="1"/>
+    <col min="15110" max="15110" width="17.3671875" style="3" customWidth="1"/>
     <col min="15111" max="15111" width="10" style="3" customWidth="1"/>
-    <col min="15112" max="15112" width="8.875" style="3" customWidth="1"/>
+    <col min="15112" max="15112" width="8.89453125" style="3" customWidth="1"/>
     <col min="15113" max="15359" width="9" style="3"/>
-    <col min="15360" max="15360" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15366" max="15366" width="17.375" style="3" customWidth="1"/>
+    <col min="15360" max="15360" width="38.62890625" style="3" customWidth="1"/>
+    <col min="15361" max="15361" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="15362" max="15362" width="6.47265625" style="3" customWidth="1"/>
+    <col min="15363" max="15363" width="11.47265625" style="3" customWidth="1"/>
+    <col min="15364" max="15364" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15365" max="15365" width="19.89453125" style="3" customWidth="1"/>
+    <col min="15366" max="15366" width="17.3671875" style="3" customWidth="1"/>
     <col min="15367" max="15367" width="10" style="3" customWidth="1"/>
-    <col min="15368" max="15368" width="8.875" style="3" customWidth="1"/>
+    <col min="15368" max="15368" width="8.89453125" style="3" customWidth="1"/>
     <col min="15369" max="15615" width="9" style="3"/>
-    <col min="15616" max="15616" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15622" max="15622" width="17.375" style="3" customWidth="1"/>
+    <col min="15616" max="15616" width="38.62890625" style="3" customWidth="1"/>
+    <col min="15617" max="15617" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="15618" max="15618" width="6.47265625" style="3" customWidth="1"/>
+    <col min="15619" max="15619" width="11.47265625" style="3" customWidth="1"/>
+    <col min="15620" max="15620" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15621" max="15621" width="19.89453125" style="3" customWidth="1"/>
+    <col min="15622" max="15622" width="17.3671875" style="3" customWidth="1"/>
     <col min="15623" max="15623" width="10" style="3" customWidth="1"/>
-    <col min="15624" max="15624" width="8.875" style="3" customWidth="1"/>
+    <col min="15624" max="15624" width="8.89453125" style="3" customWidth="1"/>
     <col min="15625" max="15871" width="9" style="3"/>
-    <col min="15872" max="15872" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15878" max="15878" width="17.375" style="3" customWidth="1"/>
+    <col min="15872" max="15872" width="38.62890625" style="3" customWidth="1"/>
+    <col min="15873" max="15873" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="15874" max="15874" width="6.47265625" style="3" customWidth="1"/>
+    <col min="15875" max="15875" width="11.47265625" style="3" customWidth="1"/>
+    <col min="15876" max="15876" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15877" max="15877" width="19.89453125" style="3" customWidth="1"/>
+    <col min="15878" max="15878" width="17.3671875" style="3" customWidth="1"/>
     <col min="15879" max="15879" width="10" style="3" customWidth="1"/>
-    <col min="15880" max="15880" width="8.875" style="3" customWidth="1"/>
+    <col min="15880" max="15880" width="8.89453125" style="3" customWidth="1"/>
     <col min="15881" max="16127" width="9" style="3"/>
-    <col min="16128" max="16128" width="38.625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="16134" max="16134" width="17.375" style="3" customWidth="1"/>
+    <col min="16128" max="16128" width="38.62890625" style="3" customWidth="1"/>
+    <col min="16129" max="16129" width="43.1015625" style="3" bestFit="1" customWidth="1"/>
+    <col min="16130" max="16130" width="6.47265625" style="3" customWidth="1"/>
+    <col min="16131" max="16131" width="11.47265625" style="3" customWidth="1"/>
+    <col min="16132" max="16132" width="29.89453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="16133" max="16133" width="19.89453125" style="3" customWidth="1"/>
+    <col min="16134" max="16134" width="17.3671875" style="3" customWidth="1"/>
     <col min="16135" max="16135" width="10" style="3" customWidth="1"/>
-    <col min="16136" max="16136" width="8.875" style="3" customWidth="1"/>
+    <col min="16136" max="16136" width="8.89453125" style="3" customWidth="1"/>
     <col min="16137" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:118" s="10" customFormat="1" ht="25.9" customHeight="1">
-[...9 lines deleted...]
-      <c r="H1" s="53"/>
+    <row r="1" spans="1:118" s="10" customFormat="1" ht="25.95" customHeight="1">
+      <c r="A1" s="65" t="s">
+        <v>75</v>
+      </c>
+      <c r="B1" s="65"/>
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="65"/>
+      <c r="F1" s="65"/>
+      <c r="G1" s="65"/>
+      <c r="H1" s="65"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
       <c r="Z1" s="6"/>
       <c r="AA1" s="6"/>
       <c r="AB1" s="6"/>
       <c r="AC1" s="6"/>
       <c r="AD1" s="6"/>
       <c r="AE1" s="6"/>
       <c r="AF1" s="6"/>
       <c r="AG1" s="6"/>
@@ -3246,129 +3324,129 @@
       <c r="CM1" s="6"/>
       <c r="CN1" s="6"/>
       <c r="CO1" s="6"/>
       <c r="CP1" s="6"/>
       <c r="CQ1" s="6"/>
       <c r="CR1" s="6"/>
       <c r="CS1" s="6"/>
       <c r="CT1" s="6"/>
       <c r="CU1" s="6"/>
       <c r="CV1" s="6"/>
       <c r="CW1" s="6"/>
       <c r="CX1" s="6"/>
       <c r="CY1" s="6"/>
       <c r="CZ1" s="6"/>
       <c r="DA1" s="6"/>
       <c r="DB1" s="6"/>
       <c r="DC1" s="6"/>
       <c r="DD1" s="6"/>
       <c r="DE1" s="6"/>
       <c r="DF1" s="6"/>
       <c r="DG1" s="6"/>
       <c r="DH1" s="6"/>
       <c r="DI1" s="6"/>
       <c r="DJ1" s="6"/>
     </row>
-    <row r="2" spans="1:118" s="10" customFormat="1" ht="26.25">
-      <c r="A2" s="54" t="s">
+    <row r="2" spans="1:118" s="10" customFormat="1" ht="26.35">
+      <c r="A2" s="66" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" s="66"/>
+      <c r="C2" s="66"/>
+      <c r="D2" s="66"/>
+      <c r="E2" s="66"/>
+      <c r="F2" s="66"/>
+      <c r="G2" s="66"/>
+      <c r="H2" s="66"/>
+    </row>
+    <row r="3" spans="1:118" s="10" customFormat="1" ht="14.35">
+      <c r="A3" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" s="59"/>
+      <c r="C3" s="59"/>
+      <c r="D3" s="59"/>
+      <c r="E3" s="59"/>
+      <c r="F3" s="59"/>
+      <c r="G3" s="59"/>
+      <c r="H3" s="59"/>
+    </row>
+    <row r="4" spans="1:118" s="10" customFormat="1" ht="14.7" thickBot="1">
+      <c r="A4" s="64" t="s">
+        <v>74</v>
+      </c>
+      <c r="B4" s="64"/>
+      <c r="C4" s="64"/>
+      <c r="D4" s="64"/>
+      <c r="E4" s="64"/>
+      <c r="F4" s="64"/>
+      <c r="G4" s="64"/>
+      <c r="H4" s="64"/>
+    </row>
+    <row r="5" spans="1:118" s="10" customFormat="1" ht="31.2" customHeight="1" thickTop="1" thickBot="1">
+      <c r="A5" s="70" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" s="72" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" s="80"/>
+      <c r="D5" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" s="81"/>
+      <c r="F5" s="81"/>
+      <c r="G5" s="74" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" s="75"/>
+    </row>
+    <row r="6" spans="1:118" s="10" customFormat="1" ht="31.2" customHeight="1" thickTop="1">
+      <c r="A6" s="76" t="s">
+        <v>0</v>
+      </c>
+      <c r="B6" s="77"/>
+      <c r="C6" s="78"/>
+      <c r="D6" s="76" t="s">
         <v>58</v>
       </c>
-      <c r="B2" s="54"/>
-[...61 lines deleted...]
-      <c r="H6" s="74"/>
+      <c r="E6" s="77"/>
+      <c r="F6" s="79"/>
+      <c r="G6" s="79"/>
+      <c r="H6" s="78"/>
     </row>
     <row r="7" spans="1:118" s="1" customFormat="1" ht="114" customHeight="1">
-      <c r="A7" s="78" t="s">
-[...8 lines deleted...]
-      <c r="H7" s="78"/>
+      <c r="A7" s="68" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" s="68"/>
+      <c r="C7" s="68"/>
+      <c r="D7" s="68"/>
+      <c r="E7" s="68"/>
+      <c r="F7" s="68"/>
+      <c r="G7" s="68"/>
+      <c r="H7" s="68"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
@@ -3432,61 +3510,61 @@
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
       <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
       <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
       <c r="DJ7" s="6"/>
     </row>
-    <row r="8" spans="1:118" s="1" customFormat="1" ht="18">
-[...9 lines deleted...]
-      <c r="H8" s="79"/>
+    <row r="8" spans="1:118" s="1" customFormat="1" ht="17.7">
+      <c r="A8" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" s="69"/>
+      <c r="C8" s="69"/>
+      <c r="D8" s="69"/>
+      <c r="E8" s="69"/>
+      <c r="F8" s="69"/>
+      <c r="G8" s="69"/>
+      <c r="H8" s="69"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6"/>
       <c r="AB8" s="6"/>
       <c r="AC8" s="6"/>
       <c r="AD8" s="6"/>
       <c r="AE8" s="6"/>
       <c r="AF8" s="6"/>
       <c r="AG8" s="6"/>
@@ -3550,61 +3628,61 @@
       <c r="CM8" s="6"/>
       <c r="CN8" s="6"/>
       <c r="CO8" s="6"/>
       <c r="CP8" s="6"/>
       <c r="CQ8" s="6"/>
       <c r="CR8" s="6"/>
       <c r="CS8" s="6"/>
       <c r="CT8" s="6"/>
       <c r="CU8" s="6"/>
       <c r="CV8" s="6"/>
       <c r="CW8" s="6"/>
       <c r="CX8" s="6"/>
       <c r="CY8" s="6"/>
       <c r="CZ8" s="6"/>
       <c r="DA8" s="6"/>
       <c r="DB8" s="6"/>
       <c r="DC8" s="6"/>
       <c r="DD8" s="6"/>
       <c r="DE8" s="6"/>
       <c r="DF8" s="6"/>
       <c r="DG8" s="6"/>
       <c r="DH8" s="6"/>
       <c r="DI8" s="6"/>
       <c r="DJ8" s="6"/>
     </row>
-    <row r="9" spans="1:118" s="1" customFormat="1" ht="18">
-[...9 lines deleted...]
-      <c r="H9" s="79"/>
+    <row r="9" spans="1:118" s="1" customFormat="1" ht="17.7">
+      <c r="A9" s="69" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" s="69"/>
+      <c r="C9" s="69"/>
+      <c r="D9" s="69"/>
+      <c r="E9" s="69"/>
+      <c r="F9" s="69"/>
+      <c r="G9" s="69"/>
+      <c r="H9" s="69"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
       <c r="T9" s="6"/>
       <c r="U9" s="6"/>
       <c r="V9" s="6"/>
       <c r="W9" s="6"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="6"/>
       <c r="AA9" s="6"/>
       <c r="AB9" s="6"/>
       <c r="AC9" s="6"/>
       <c r="AD9" s="6"/>
       <c r="AE9" s="6"/>
       <c r="AF9" s="6"/>
       <c r="AG9" s="6"/>
@@ -3669,58 +3747,58 @@
       <c r="CN9" s="6"/>
       <c r="CO9" s="6"/>
       <c r="CP9" s="6"/>
       <c r="CQ9" s="6"/>
       <c r="CR9" s="6"/>
       <c r="CS9" s="6"/>
       <c r="CT9" s="6"/>
       <c r="CU9" s="6"/>
       <c r="CV9" s="6"/>
       <c r="CW9" s="6"/>
       <c r="CX9" s="6"/>
       <c r="CY9" s="6"/>
       <c r="CZ9" s="6"/>
       <c r="DA9" s="6"/>
       <c r="DB9" s="6"/>
       <c r="DC9" s="6"/>
       <c r="DD9" s="6"/>
       <c r="DE9" s="6"/>
       <c r="DF9" s="6"/>
       <c r="DG9" s="6"/>
       <c r="DH9" s="6"/>
       <c r="DI9" s="6"/>
       <c r="DJ9" s="6"/>
     </row>
     <row r="10" spans="1:118" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="A10" s="43"/>
-[...6 lines deleted...]
-      <c r="H10" s="43"/>
+      <c r="A10" s="39"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="39"/>
+      <c r="D10" s="39"/>
+      <c r="E10" s="39"/>
+      <c r="F10" s="39"/>
+      <c r="G10" s="39"/>
+      <c r="H10" s="39"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
       <c r="W10" s="6"/>
       <c r="X10" s="6"/>
       <c r="Y10" s="6"/>
       <c r="Z10" s="6"/>
       <c r="AA10" s="6"/>
       <c r="AB10" s="6"/>
       <c r="AC10" s="6"/>
       <c r="AD10" s="6"/>
       <c r="AE10" s="6"/>
       <c r="AF10" s="6"/>
       <c r="AG10" s="6"/>
@@ -3784,73 +3862,73 @@
       <c r="CM10" s="6"/>
       <c r="CN10" s="6"/>
       <c r="CO10" s="6"/>
       <c r="CP10" s="6"/>
       <c r="CQ10" s="6"/>
       <c r="CR10" s="6"/>
       <c r="CS10" s="6"/>
       <c r="CT10" s="6"/>
       <c r="CU10" s="6"/>
       <c r="CV10" s="6"/>
       <c r="CW10" s="6"/>
       <c r="CX10" s="6"/>
       <c r="CY10" s="6"/>
       <c r="CZ10" s="6"/>
       <c r="DA10" s="6"/>
       <c r="DB10" s="6"/>
       <c r="DC10" s="6"/>
       <c r="DD10" s="6"/>
       <c r="DE10" s="6"/>
       <c r="DF10" s="6"/>
       <c r="DG10" s="6"/>
       <c r="DH10" s="6"/>
       <c r="DI10" s="6"/>
       <c r="DJ10" s="6"/>
     </row>
-    <row r="11" spans="1:118" s="2" customFormat="1" ht="82.9" customHeight="1">
-[...6 lines deleted...]
-      <c r="C11" s="25" t="s">
+    <row r="11" spans="1:118" s="2" customFormat="1" ht="82.95" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="D11" s="26" t="s">
+      <c r="D11" s="24" t="s">
         <v>10</v>
       </c>
-      <c r="E11" s="26" t="s">
+      <c r="E11" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="F11" s="26" t="s">
+      <c r="F11" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="G11" s="27" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="26" t="s">
+      <c r="G11" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" s="24" t="s">
         <v>13</v>
       </c>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="7"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="7"/>
       <c r="S11" s="7"/>
       <c r="T11" s="7"/>
       <c r="U11" s="7"/>
       <c r="V11" s="7"/>
       <c r="W11" s="7"/>
       <c r="X11" s="7"/>
       <c r="Y11" s="7"/>
       <c r="Z11" s="7"/>
       <c r="AA11" s="7"/>
       <c r="AB11" s="7"/>
       <c r="AC11" s="7"/>
       <c r="AD11" s="7"/>
       <c r="AE11" s="7"/>
@@ -3920,249 +3998,249 @@
       <c r="CQ11" s="7"/>
       <c r="CR11" s="7"/>
       <c r="CS11" s="7"/>
       <c r="CT11" s="7"/>
       <c r="CU11" s="7"/>
       <c r="CV11" s="7"/>
       <c r="CW11" s="7"/>
       <c r="CX11" s="7"/>
       <c r="CY11" s="7"/>
       <c r="CZ11" s="7"/>
       <c r="DA11" s="7"/>
       <c r="DB11" s="7"/>
       <c r="DC11" s="7"/>
       <c r="DD11" s="7"/>
       <c r="DE11" s="7"/>
       <c r="DF11" s="7"/>
       <c r="DG11" s="7"/>
       <c r="DH11" s="7"/>
       <c r="DI11" s="7"/>
       <c r="DJ11" s="7"/>
       <c r="DK11" s="7"/>
       <c r="DL11" s="7"/>
       <c r="DM11" s="7"/>
       <c r="DN11" s="7"/>
     </row>
-    <row r="12" spans="1:118" ht="14.25">
-[...197 lines deleted...]
-      <c r="H31" s="30"/>
+    <row r="12" spans="1:118" ht="13.7">
+      <c r="A12" s="26"/>
+      <c r="B12" s="27"/>
+      <c r="C12" s="27"/>
+      <c r="D12" s="28"/>
+      <c r="E12" s="28"/>
+      <c r="F12" s="28"/>
+      <c r="G12" s="26"/>
+      <c r="H12" s="29"/>
+    </row>
+    <row r="13" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A13" s="26"/>
+      <c r="B13" s="30"/>
+      <c r="C13" s="30"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="28"/>
+      <c r="F13" s="28"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="29"/>
+    </row>
+    <row r="14" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A14" s="26"/>
+      <c r="B14" s="31"/>
+      <c r="C14" s="31"/>
+      <c r="D14" s="32"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="32"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="29"/>
+    </row>
+    <row r="15" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A15" s="26"/>
+      <c r="B15" s="31"/>
+      <c r="C15" s="31"/>
+      <c r="D15" s="32"/>
+      <c r="E15" s="32"/>
+      <c r="F15" s="32"/>
+      <c r="G15" s="26"/>
+      <c r="H15" s="29"/>
+    </row>
+    <row r="16" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A16" s="26"/>
+      <c r="B16" s="31"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="32"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="32"/>
+      <c r="G16" s="26"/>
+      <c r="H16" s="29"/>
+    </row>
+    <row r="17" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A17" s="26"/>
+      <c r="B17" s="27"/>
+      <c r="C17" s="27"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="29"/>
+    </row>
+    <row r="18" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A18" s="26"/>
+      <c r="B18" s="31"/>
+      <c r="C18" s="31"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="28"/>
+      <c r="F18" s="28"/>
+      <c r="G18" s="26"/>
+      <c r="H18" s="29"/>
+    </row>
+    <row r="19" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A19" s="26"/>
+      <c r="B19" s="31"/>
+      <c r="C19" s="31"/>
+      <c r="D19" s="32"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="29"/>
+    </row>
+    <row r="20" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A20" s="26"/>
+      <c r="B20" s="31"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="32"/>
+      <c r="E20" s="32"/>
+      <c r="F20" s="32"/>
+      <c r="G20" s="26"/>
+      <c r="H20" s="29"/>
+    </row>
+    <row r="21" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A21" s="26"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="32"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="33"/>
+    </row>
+    <row r="22" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A22" s="26"/>
+      <c r="B22" s="27"/>
+      <c r="C22" s="27"/>
+      <c r="D22" s="32"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="32"/>
+      <c r="G22" s="26"/>
+      <c r="H22" s="28"/>
+    </row>
+    <row r="23" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A23" s="26"/>
+      <c r="B23" s="31"/>
+      <c r="C23" s="31"/>
+      <c r="D23" s="32"/>
+      <c r="E23" s="32"/>
+      <c r="F23" s="32"/>
+      <c r="G23" s="26"/>
+      <c r="H23" s="28"/>
+    </row>
+    <row r="24" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A24" s="26"/>
+      <c r="B24" s="31"/>
+      <c r="C24" s="31"/>
+      <c r="D24" s="32"/>
+      <c r="E24" s="32"/>
+      <c r="F24" s="32"/>
+      <c r="G24" s="26"/>
+      <c r="H24" s="28"/>
+    </row>
+    <row r="25" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A25" s="26"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="31"/>
+      <c r="D25" s="32"/>
+      <c r="E25" s="32"/>
+      <c r="F25" s="32"/>
+      <c r="G25" s="26"/>
+      <c r="H25" s="28"/>
+    </row>
+    <row r="26" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A26" s="26"/>
+      <c r="B26" s="31"/>
+      <c r="C26" s="31"/>
+      <c r="D26" s="32"/>
+      <c r="E26" s="32"/>
+      <c r="F26" s="32"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="28"/>
+    </row>
+    <row r="27" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A27" s="26"/>
+      <c r="B27" s="27"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="32"/>
+      <c r="E27" s="32"/>
+      <c r="F27" s="32"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="28"/>
+    </row>
+    <row r="28" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A28" s="26"/>
+      <c r="B28" s="31"/>
+      <c r="C28" s="31"/>
+      <c r="D28" s="32"/>
+      <c r="E28" s="32"/>
+      <c r="F28" s="32"/>
+      <c r="G28" s="26"/>
+      <c r="H28" s="28"/>
+    </row>
+    <row r="29" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A29" s="26"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="32"/>
+      <c r="F29" s="32"/>
+      <c r="G29" s="26"/>
+      <c r="H29" s="28"/>
+    </row>
+    <row r="30" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A30" s="26"/>
+      <c r="B30" s="31"/>
+      <c r="C30" s="31"/>
+      <c r="D30" s="32"/>
+      <c r="E30" s="32"/>
+      <c r="F30" s="32"/>
+      <c r="G30" s="26"/>
+      <c r="H30" s="28"/>
+    </row>
+    <row r="31" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A31" s="32"/>
+      <c r="B31" s="31"/>
+      <c r="C31" s="31"/>
+      <c r="D31" s="32"/>
+      <c r="E31" s="32"/>
+      <c r="F31" s="32"/>
+      <c r="G31" s="26"/>
+      <c r="H31" s="28"/>
       <c r="I31" s="8"/>
       <c r="J31" s="8"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8"/>
       <c r="P31" s="8"/>
       <c r="Q31" s="8"/>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="8"/>
       <c r="U31" s="8"/>
       <c r="V31" s="8"/>
       <c r="W31" s="8"/>
       <c r="X31" s="8"/>
       <c r="Y31" s="8"/>
       <c r="Z31" s="8"/>
       <c r="AA31" s="8"/>
       <c r="AB31" s="8"/>
       <c r="AC31" s="8"/>
       <c r="AD31" s="8"/>
       <c r="AE31" s="8"/>
       <c r="AF31" s="8"/>
       <c r="AG31" s="8"/>
@@ -4230,59 +4308,59 @@
       <c r="CQ31" s="8"/>
       <c r="CR31" s="8"/>
       <c r="CS31" s="8"/>
       <c r="CT31" s="8"/>
       <c r="CU31" s="8"/>
       <c r="CV31" s="8"/>
       <c r="CW31" s="8"/>
       <c r="CX31" s="8"/>
       <c r="CY31" s="8"/>
       <c r="CZ31" s="8"/>
       <c r="DA31" s="8"/>
       <c r="DB31" s="8"/>
       <c r="DC31" s="8"/>
       <c r="DD31" s="8"/>
       <c r="DE31" s="8"/>
       <c r="DF31" s="8"/>
       <c r="DG31" s="8"/>
       <c r="DH31" s="8"/>
       <c r="DI31" s="8"/>
       <c r="DJ31" s="8"/>
       <c r="DK31" s="8"/>
       <c r="DL31" s="8"/>
       <c r="DM31" s="8"/>
       <c r="DN31" s="8"/>
     </row>
-    <row r="32" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H32" s="30"/>
+    <row r="32" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A32" s="32"/>
+      <c r="B32" s="31"/>
+      <c r="C32" s="31"/>
+      <c r="D32" s="32"/>
+      <c r="E32" s="32"/>
+      <c r="F32" s="32"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="28"/>
       <c r="I32" s="8"/>
       <c r="J32" s="8"/>
       <c r="K32" s="8"/>
       <c r="L32" s="8"/>
       <c r="M32" s="8"/>
       <c r="N32" s="8"/>
       <c r="O32" s="8"/>
       <c r="P32" s="8"/>
       <c r="Q32" s="8"/>
       <c r="R32" s="8"/>
       <c r="S32" s="8"/>
       <c r="T32" s="8"/>
       <c r="U32" s="8"/>
       <c r="V32" s="8"/>
       <c r="W32" s="8"/>
       <c r="X32" s="8"/>
       <c r="Y32" s="8"/>
       <c r="Z32" s="8"/>
       <c r="AA32" s="8"/>
       <c r="AB32" s="8"/>
       <c r="AC32" s="8"/>
       <c r="AD32" s="8"/>
       <c r="AE32" s="8"/>
       <c r="AF32" s="8"/>
       <c r="AG32" s="8"/>
@@ -4350,59 +4428,59 @@
       <c r="CQ32" s="8"/>
       <c r="CR32" s="8"/>
       <c r="CS32" s="8"/>
       <c r="CT32" s="8"/>
       <c r="CU32" s="8"/>
       <c r="CV32" s="8"/>
       <c r="CW32" s="8"/>
       <c r="CX32" s="8"/>
       <c r="CY32" s="8"/>
       <c r="CZ32" s="8"/>
       <c r="DA32" s="8"/>
       <c r="DB32" s="8"/>
       <c r="DC32" s="8"/>
       <c r="DD32" s="8"/>
       <c r="DE32" s="8"/>
       <c r="DF32" s="8"/>
       <c r="DG32" s="8"/>
       <c r="DH32" s="8"/>
       <c r="DI32" s="8"/>
       <c r="DJ32" s="8"/>
       <c r="DK32" s="8"/>
       <c r="DL32" s="8"/>
       <c r="DM32" s="8"/>
       <c r="DN32" s="8"/>
     </row>
-    <row r="33" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H33" s="30"/>
+    <row r="33" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A33" s="32"/>
+      <c r="B33" s="31"/>
+      <c r="C33" s="31"/>
+      <c r="D33" s="32"/>
+      <c r="E33" s="32"/>
+      <c r="F33" s="32"/>
+      <c r="G33" s="26"/>
+      <c r="H33" s="28"/>
       <c r="I33" s="8"/>
       <c r="J33" s="8"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8"/>
       <c r="P33" s="8"/>
       <c r="Q33" s="8"/>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="8"/>
       <c r="U33" s="8"/>
       <c r="V33" s="8"/>
       <c r="W33" s="8"/>
       <c r="X33" s="8"/>
       <c r="Y33" s="8"/>
       <c r="Z33" s="8"/>
       <c r="AA33" s="8"/>
       <c r="AB33" s="8"/>
       <c r="AC33" s="8"/>
       <c r="AD33" s="8"/>
       <c r="AE33" s="8"/>
       <c r="AF33" s="8"/>
       <c r="AG33" s="8"/>
@@ -4470,59 +4548,59 @@
       <c r="CQ33" s="8"/>
       <c r="CR33" s="8"/>
       <c r="CS33" s="8"/>
       <c r="CT33" s="8"/>
       <c r="CU33" s="8"/>
       <c r="CV33" s="8"/>
       <c r="CW33" s="8"/>
       <c r="CX33" s="8"/>
       <c r="CY33" s="8"/>
       <c r="CZ33" s="8"/>
       <c r="DA33" s="8"/>
       <c r="DB33" s="8"/>
       <c r="DC33" s="8"/>
       <c r="DD33" s="8"/>
       <c r="DE33" s="8"/>
       <c r="DF33" s="8"/>
       <c r="DG33" s="8"/>
       <c r="DH33" s="8"/>
       <c r="DI33" s="8"/>
       <c r="DJ33" s="8"/>
       <c r="DK33" s="8"/>
       <c r="DL33" s="8"/>
       <c r="DM33" s="8"/>
       <c r="DN33" s="8"/>
     </row>
-    <row r="34" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H34" s="30"/>
+    <row r="34" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A34" s="32"/>
+      <c r="B34" s="31"/>
+      <c r="C34" s="31"/>
+      <c r="D34" s="32"/>
+      <c r="E34" s="32"/>
+      <c r="F34" s="32"/>
+      <c r="G34" s="26"/>
+      <c r="H34" s="28"/>
       <c r="I34" s="8"/>
       <c r="J34" s="8"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8"/>
       <c r="P34" s="8"/>
       <c r="Q34" s="8"/>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="8"/>
       <c r="U34" s="8"/>
       <c r="V34" s="8"/>
       <c r="W34" s="8"/>
       <c r="X34" s="8"/>
       <c r="Y34" s="8"/>
       <c r="Z34" s="8"/>
       <c r="AA34" s="8"/>
       <c r="AB34" s="8"/>
       <c r="AC34" s="8"/>
       <c r="AD34" s="8"/>
       <c r="AE34" s="8"/>
       <c r="AF34" s="8"/>
       <c r="AG34" s="8"/>
@@ -4590,59 +4668,59 @@
       <c r="CQ34" s="8"/>
       <c r="CR34" s="8"/>
       <c r="CS34" s="8"/>
       <c r="CT34" s="8"/>
       <c r="CU34" s="8"/>
       <c r="CV34" s="8"/>
       <c r="CW34" s="8"/>
       <c r="CX34" s="8"/>
       <c r="CY34" s="8"/>
       <c r="CZ34" s="8"/>
       <c r="DA34" s="8"/>
       <c r="DB34" s="8"/>
       <c r="DC34" s="8"/>
       <c r="DD34" s="8"/>
       <c r="DE34" s="8"/>
       <c r="DF34" s="8"/>
       <c r="DG34" s="8"/>
       <c r="DH34" s="8"/>
       <c r="DI34" s="8"/>
       <c r="DJ34" s="8"/>
       <c r="DK34" s="8"/>
       <c r="DL34" s="8"/>
       <c r="DM34" s="8"/>
       <c r="DN34" s="8"/>
     </row>
-    <row r="35" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H35" s="30"/>
+    <row r="35" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A35" s="32"/>
+      <c r="B35" s="31"/>
+      <c r="C35" s="31"/>
+      <c r="D35" s="32"/>
+      <c r="E35" s="32"/>
+      <c r="F35" s="32"/>
+      <c r="G35" s="26"/>
+      <c r="H35" s="28"/>
       <c r="I35" s="8"/>
       <c r="J35" s="8"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8"/>
       <c r="P35" s="8"/>
       <c r="Q35" s="8"/>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="8"/>
       <c r="U35" s="8"/>
       <c r="V35" s="8"/>
       <c r="W35" s="8"/>
       <c r="X35" s="8"/>
       <c r="Y35" s="8"/>
       <c r="Z35" s="8"/>
       <c r="AA35" s="8"/>
       <c r="AB35" s="8"/>
       <c r="AC35" s="8"/>
       <c r="AD35" s="8"/>
       <c r="AE35" s="8"/>
       <c r="AF35" s="8"/>
       <c r="AG35" s="8"/>
@@ -4710,59 +4788,59 @@
       <c r="CQ35" s="8"/>
       <c r="CR35" s="8"/>
       <c r="CS35" s="8"/>
       <c r="CT35" s="8"/>
       <c r="CU35" s="8"/>
       <c r="CV35" s="8"/>
       <c r="CW35" s="8"/>
       <c r="CX35" s="8"/>
       <c r="CY35" s="8"/>
       <c r="CZ35" s="8"/>
       <c r="DA35" s="8"/>
       <c r="DB35" s="8"/>
       <c r="DC35" s="8"/>
       <c r="DD35" s="8"/>
       <c r="DE35" s="8"/>
       <c r="DF35" s="8"/>
       <c r="DG35" s="8"/>
       <c r="DH35" s="8"/>
       <c r="DI35" s="8"/>
       <c r="DJ35" s="8"/>
       <c r="DK35" s="8"/>
       <c r="DL35" s="8"/>
       <c r="DM35" s="8"/>
       <c r="DN35" s="8"/>
     </row>
-    <row r="36" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H36" s="34"/>
+    <row r="36" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A36" s="34"/>
+      <c r="B36" s="35"/>
+      <c r="C36" s="35"/>
+      <c r="D36" s="32"/>
+      <c r="E36" s="32"/>
+      <c r="F36" s="32"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="32"/>
       <c r="I36" s="8"/>
       <c r="J36" s="8"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8"/>
       <c r="P36" s="8"/>
       <c r="Q36" s="8"/>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="8"/>
       <c r="U36" s="8"/>
       <c r="V36" s="8"/>
       <c r="W36" s="8"/>
       <c r="X36" s="8"/>
       <c r="Y36" s="8"/>
       <c r="Z36" s="8"/>
       <c r="AA36" s="8"/>
       <c r="AB36" s="8"/>
       <c r="AC36" s="8"/>
       <c r="AD36" s="8"/>
       <c r="AE36" s="8"/>
       <c r="AF36" s="8"/>
       <c r="AG36" s="8"/>
@@ -4830,59 +4908,59 @@
       <c r="CQ36" s="8"/>
       <c r="CR36" s="8"/>
       <c r="CS36" s="8"/>
       <c r="CT36" s="8"/>
       <c r="CU36" s="8"/>
       <c r="CV36" s="8"/>
       <c r="CW36" s="8"/>
       <c r="CX36" s="8"/>
       <c r="CY36" s="8"/>
       <c r="CZ36" s="8"/>
       <c r="DA36" s="8"/>
       <c r="DB36" s="8"/>
       <c r="DC36" s="8"/>
       <c r="DD36" s="8"/>
       <c r="DE36" s="8"/>
       <c r="DF36" s="8"/>
       <c r="DG36" s="8"/>
       <c r="DH36" s="8"/>
       <c r="DI36" s="8"/>
       <c r="DJ36" s="8"/>
       <c r="DK36" s="8"/>
       <c r="DL36" s="8"/>
       <c r="DM36" s="8"/>
       <c r="DN36" s="8"/>
     </row>
-    <row r="37" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H37" s="34"/>
+    <row r="37" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A37" s="34"/>
+      <c r="B37" s="35"/>
+      <c r="C37" s="35"/>
+      <c r="D37" s="32"/>
+      <c r="E37" s="32"/>
+      <c r="F37" s="32"/>
+      <c r="G37" s="26"/>
+      <c r="H37" s="32"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8"/>
       <c r="P37" s="8"/>
       <c r="Q37" s="8"/>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="8"/>
       <c r="U37" s="8"/>
       <c r="V37" s="8"/>
       <c r="W37" s="8"/>
       <c r="X37" s="8"/>
       <c r="Y37" s="8"/>
       <c r="Z37" s="8"/>
       <c r="AA37" s="8"/>
       <c r="AB37" s="8"/>
       <c r="AC37" s="8"/>
       <c r="AD37" s="8"/>
       <c r="AE37" s="8"/>
       <c r="AF37" s="8"/>
       <c r="AG37" s="8"/>
@@ -4950,59 +5028,59 @@
       <c r="CQ37" s="8"/>
       <c r="CR37" s="8"/>
       <c r="CS37" s="8"/>
       <c r="CT37" s="8"/>
       <c r="CU37" s="8"/>
       <c r="CV37" s="8"/>
       <c r="CW37" s="8"/>
       <c r="CX37" s="8"/>
       <c r="CY37" s="8"/>
       <c r="CZ37" s="8"/>
       <c r="DA37" s="8"/>
       <c r="DB37" s="8"/>
       <c r="DC37" s="8"/>
       <c r="DD37" s="8"/>
       <c r="DE37" s="8"/>
       <c r="DF37" s="8"/>
       <c r="DG37" s="8"/>
       <c r="DH37" s="8"/>
       <c r="DI37" s="8"/>
       <c r="DJ37" s="8"/>
       <c r="DK37" s="8"/>
       <c r="DL37" s="8"/>
       <c r="DM37" s="8"/>
       <c r="DN37" s="8"/>
     </row>
-    <row r="38" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H38" s="34"/>
+    <row r="38" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A38" s="34"/>
+      <c r="B38" s="35"/>
+      <c r="C38" s="35"/>
+      <c r="D38" s="32"/>
+      <c r="E38" s="32"/>
+      <c r="F38" s="32"/>
+      <c r="G38" s="26"/>
+      <c r="H38" s="32"/>
       <c r="I38" s="8"/>
       <c r="J38" s="8"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8"/>
       <c r="P38" s="8"/>
       <c r="Q38" s="8"/>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="8"/>
       <c r="U38" s="8"/>
       <c r="V38" s="8"/>
       <c r="W38" s="8"/>
       <c r="X38" s="8"/>
       <c r="Y38" s="8"/>
       <c r="Z38" s="8"/>
       <c r="AA38" s="8"/>
       <c r="AB38" s="8"/>
       <c r="AC38" s="8"/>
       <c r="AD38" s="8"/>
       <c r="AE38" s="8"/>
       <c r="AF38" s="8"/>
       <c r="AG38" s="8"/>
@@ -5070,59 +5148,59 @@
       <c r="CQ38" s="8"/>
       <c r="CR38" s="8"/>
       <c r="CS38" s="8"/>
       <c r="CT38" s="8"/>
       <c r="CU38" s="8"/>
       <c r="CV38" s="8"/>
       <c r="CW38" s="8"/>
       <c r="CX38" s="8"/>
       <c r="CY38" s="8"/>
       <c r="CZ38" s="8"/>
       <c r="DA38" s="8"/>
       <c r="DB38" s="8"/>
       <c r="DC38" s="8"/>
       <c r="DD38" s="8"/>
       <c r="DE38" s="8"/>
       <c r="DF38" s="8"/>
       <c r="DG38" s="8"/>
       <c r="DH38" s="8"/>
       <c r="DI38" s="8"/>
       <c r="DJ38" s="8"/>
       <c r="DK38" s="8"/>
       <c r="DL38" s="8"/>
       <c r="DM38" s="8"/>
       <c r="DN38" s="8"/>
     </row>
-    <row r="39" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H39" s="34"/>
+    <row r="39" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A39" s="35"/>
+      <c r="B39" s="35"/>
+      <c r="C39" s="35"/>
+      <c r="D39" s="32"/>
+      <c r="E39" s="32"/>
+      <c r="F39" s="32"/>
+      <c r="G39" s="26"/>
+      <c r="H39" s="32"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="8"/>
       <c r="M39" s="8"/>
       <c r="N39" s="8"/>
       <c r="O39" s="8"/>
       <c r="P39" s="8"/>
       <c r="Q39" s="8"/>
       <c r="R39" s="8"/>
       <c r="S39" s="8"/>
       <c r="T39" s="8"/>
       <c r="U39" s="8"/>
       <c r="V39" s="8"/>
       <c r="W39" s="8"/>
       <c r="X39" s="8"/>
       <c r="Y39" s="8"/>
       <c r="Z39" s="8"/>
       <c r="AA39" s="8"/>
       <c r="AB39" s="8"/>
       <c r="AC39" s="8"/>
       <c r="AD39" s="8"/>
       <c r="AE39" s="8"/>
       <c r="AF39" s="8"/>
       <c r="AG39" s="8"/>
@@ -5190,59 +5268,59 @@
       <c r="CQ39" s="8"/>
       <c r="CR39" s="8"/>
       <c r="CS39" s="8"/>
       <c r="CT39" s="8"/>
       <c r="CU39" s="8"/>
       <c r="CV39" s="8"/>
       <c r="CW39" s="8"/>
       <c r="CX39" s="8"/>
       <c r="CY39" s="8"/>
       <c r="CZ39" s="8"/>
       <c r="DA39" s="8"/>
       <c r="DB39" s="8"/>
       <c r="DC39" s="8"/>
       <c r="DD39" s="8"/>
       <c r="DE39" s="8"/>
       <c r="DF39" s="8"/>
       <c r="DG39" s="8"/>
       <c r="DH39" s="8"/>
       <c r="DI39" s="8"/>
       <c r="DJ39" s="8"/>
       <c r="DK39" s="8"/>
       <c r="DL39" s="8"/>
       <c r="DM39" s="8"/>
       <c r="DN39" s="8"/>
     </row>
-    <row r="40" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H40" s="34"/>
+    <row r="40" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A40" s="35"/>
+      <c r="B40" s="35"/>
+      <c r="C40" s="35"/>
+      <c r="D40" s="32"/>
+      <c r="E40" s="32"/>
+      <c r="F40" s="32"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="32"/>
       <c r="I40" s="8"/>
       <c r="J40" s="8"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8"/>
       <c r="P40" s="8"/>
       <c r="Q40" s="8"/>
       <c r="R40" s="8"/>
       <c r="S40" s="8"/>
       <c r="T40" s="8"/>
       <c r="U40" s="8"/>
       <c r="V40" s="8"/>
       <c r="W40" s="8"/>
       <c r="X40" s="8"/>
       <c r="Y40" s="8"/>
       <c r="Z40" s="8"/>
       <c r="AA40" s="8"/>
       <c r="AB40" s="8"/>
       <c r="AC40" s="8"/>
       <c r="AD40" s="8"/>
       <c r="AE40" s="8"/>
       <c r="AF40" s="8"/>
       <c r="AG40" s="8"/>
@@ -5310,59 +5388,59 @@
       <c r="CQ40" s="8"/>
       <c r="CR40" s="8"/>
       <c r="CS40" s="8"/>
       <c r="CT40" s="8"/>
       <c r="CU40" s="8"/>
       <c r="CV40" s="8"/>
       <c r="CW40" s="8"/>
       <c r="CX40" s="8"/>
       <c r="CY40" s="8"/>
       <c r="CZ40" s="8"/>
       <c r="DA40" s="8"/>
       <c r="DB40" s="8"/>
       <c r="DC40" s="8"/>
       <c r="DD40" s="8"/>
       <c r="DE40" s="8"/>
       <c r="DF40" s="8"/>
       <c r="DG40" s="8"/>
       <c r="DH40" s="8"/>
       <c r="DI40" s="8"/>
       <c r="DJ40" s="8"/>
       <c r="DK40" s="8"/>
       <c r="DL40" s="8"/>
       <c r="DM40" s="8"/>
       <c r="DN40" s="8"/>
     </row>
-    <row r="41" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H41" s="34"/>
+    <row r="41" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A41" s="35"/>
+      <c r="B41" s="35"/>
+      <c r="C41" s="35"/>
+      <c r="D41" s="32"/>
+      <c r="E41" s="32"/>
+      <c r="F41" s="32"/>
+      <c r="G41" s="26"/>
+      <c r="H41" s="32"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
       <c r="N41" s="8"/>
       <c r="O41" s="8"/>
       <c r="P41" s="8"/>
       <c r="Q41" s="8"/>
       <c r="R41" s="8"/>
       <c r="S41" s="8"/>
       <c r="T41" s="8"/>
       <c r="U41" s="8"/>
       <c r="V41" s="8"/>
       <c r="W41" s="8"/>
       <c r="X41" s="8"/>
       <c r="Y41" s="8"/>
       <c r="Z41" s="8"/>
       <c r="AA41" s="8"/>
       <c r="AB41" s="8"/>
       <c r="AC41" s="8"/>
       <c r="AD41" s="8"/>
       <c r="AE41" s="8"/>
       <c r="AF41" s="8"/>
       <c r="AG41" s="8"/>
@@ -5430,59 +5508,59 @@
       <c r="CQ41" s="8"/>
       <c r="CR41" s="8"/>
       <c r="CS41" s="8"/>
       <c r="CT41" s="8"/>
       <c r="CU41" s="8"/>
       <c r="CV41" s="8"/>
       <c r="CW41" s="8"/>
       <c r="CX41" s="8"/>
       <c r="CY41" s="8"/>
       <c r="CZ41" s="8"/>
       <c r="DA41" s="8"/>
       <c r="DB41" s="8"/>
       <c r="DC41" s="8"/>
       <c r="DD41" s="8"/>
       <c r="DE41" s="8"/>
       <c r="DF41" s="8"/>
       <c r="DG41" s="8"/>
       <c r="DH41" s="8"/>
       <c r="DI41" s="8"/>
       <c r="DJ41" s="8"/>
       <c r="DK41" s="8"/>
       <c r="DL41" s="8"/>
       <c r="DM41" s="8"/>
       <c r="DN41" s="8"/>
     </row>
-    <row r="42" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H42" s="34"/>
+    <row r="42" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A42" s="35"/>
+      <c r="B42" s="35"/>
+      <c r="C42" s="35"/>
+      <c r="D42" s="32"/>
+      <c r="E42" s="32"/>
+      <c r="F42" s="32"/>
+      <c r="G42" s="26"/>
+      <c r="H42" s="32"/>
       <c r="I42" s="8"/>
       <c r="J42" s="8"/>
       <c r="K42" s="8"/>
       <c r="L42" s="8"/>
       <c r="M42" s="8"/>
       <c r="N42" s="8"/>
       <c r="O42" s="8"/>
       <c r="P42" s="8"/>
       <c r="Q42" s="8"/>
       <c r="R42" s="8"/>
       <c r="S42" s="8"/>
       <c r="T42" s="8"/>
       <c r="U42" s="8"/>
       <c r="V42" s="8"/>
       <c r="W42" s="8"/>
       <c r="X42" s="8"/>
       <c r="Y42" s="8"/>
       <c r="Z42" s="8"/>
       <c r="AA42" s="8"/>
       <c r="AB42" s="8"/>
       <c r="AC42" s="8"/>
       <c r="AD42" s="8"/>
       <c r="AE42" s="8"/>
       <c r="AF42" s="8"/>
       <c r="AG42" s="8"/>
@@ -5550,59 +5628,59 @@
       <c r="CQ42" s="8"/>
       <c r="CR42" s="8"/>
       <c r="CS42" s="8"/>
       <c r="CT42" s="8"/>
       <c r="CU42" s="8"/>
       <c r="CV42" s="8"/>
       <c r="CW42" s="8"/>
       <c r="CX42" s="8"/>
       <c r="CY42" s="8"/>
       <c r="CZ42" s="8"/>
       <c r="DA42" s="8"/>
       <c r="DB42" s="8"/>
       <c r="DC42" s="8"/>
       <c r="DD42" s="8"/>
       <c r="DE42" s="8"/>
       <c r="DF42" s="8"/>
       <c r="DG42" s="8"/>
       <c r="DH42" s="8"/>
       <c r="DI42" s="8"/>
       <c r="DJ42" s="8"/>
       <c r="DK42" s="8"/>
       <c r="DL42" s="8"/>
       <c r="DM42" s="8"/>
       <c r="DN42" s="8"/>
     </row>
-    <row r="43" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H43" s="34"/>
+    <row r="43" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A43" s="35"/>
+      <c r="B43" s="35"/>
+      <c r="C43" s="35"/>
+      <c r="D43" s="32"/>
+      <c r="E43" s="32"/>
+      <c r="F43" s="32"/>
+      <c r="G43" s="26"/>
+      <c r="H43" s="32"/>
       <c r="I43" s="8"/>
       <c r="J43" s="8"/>
       <c r="K43" s="8"/>
       <c r="L43" s="8"/>
       <c r="M43" s="8"/>
       <c r="N43" s="8"/>
       <c r="O43" s="8"/>
       <c r="P43" s="8"/>
       <c r="Q43" s="8"/>
       <c r="R43" s="8"/>
       <c r="S43" s="8"/>
       <c r="T43" s="8"/>
       <c r="U43" s="8"/>
       <c r="V43" s="8"/>
       <c r="W43" s="8"/>
       <c r="X43" s="8"/>
       <c r="Y43" s="8"/>
       <c r="Z43" s="8"/>
       <c r="AA43" s="8"/>
       <c r="AB43" s="8"/>
       <c r="AC43" s="8"/>
       <c r="AD43" s="8"/>
       <c r="AE43" s="8"/>
       <c r="AF43" s="8"/>
       <c r="AG43" s="8"/>
@@ -5670,59 +5748,59 @@
       <c r="CQ43" s="8"/>
       <c r="CR43" s="8"/>
       <c r="CS43" s="8"/>
       <c r="CT43" s="8"/>
       <c r="CU43" s="8"/>
       <c r="CV43" s="8"/>
       <c r="CW43" s="8"/>
       <c r="CX43" s="8"/>
       <c r="CY43" s="8"/>
       <c r="CZ43" s="8"/>
       <c r="DA43" s="8"/>
       <c r="DB43" s="8"/>
       <c r="DC43" s="8"/>
       <c r="DD43" s="8"/>
       <c r="DE43" s="8"/>
       <c r="DF43" s="8"/>
       <c r="DG43" s="8"/>
       <c r="DH43" s="8"/>
       <c r="DI43" s="8"/>
       <c r="DJ43" s="8"/>
       <c r="DK43" s="8"/>
       <c r="DL43" s="8"/>
       <c r="DM43" s="8"/>
       <c r="DN43" s="8"/>
     </row>
-    <row r="44" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H44" s="34"/>
+    <row r="44" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A44" s="35"/>
+      <c r="B44" s="35"/>
+      <c r="C44" s="35"/>
+      <c r="D44" s="32"/>
+      <c r="E44" s="32"/>
+      <c r="F44" s="32"/>
+      <c r="G44" s="26"/>
+      <c r="H44" s="32"/>
       <c r="I44" s="8"/>
       <c r="J44" s="8"/>
       <c r="K44" s="8"/>
       <c r="L44" s="8"/>
       <c r="M44" s="8"/>
       <c r="N44" s="8"/>
       <c r="O44" s="8"/>
       <c r="P44" s="8"/>
       <c r="Q44" s="8"/>
       <c r="R44" s="8"/>
       <c r="S44" s="8"/>
       <c r="T44" s="8"/>
       <c r="U44" s="8"/>
       <c r="V44" s="8"/>
       <c r="W44" s="8"/>
       <c r="X44" s="8"/>
       <c r="Y44" s="8"/>
       <c r="Z44" s="8"/>
       <c r="AA44" s="8"/>
       <c r="AB44" s="8"/>
       <c r="AC44" s="8"/>
       <c r="AD44" s="8"/>
       <c r="AE44" s="8"/>
       <c r="AF44" s="8"/>
       <c r="AG44" s="8"/>
@@ -5790,59 +5868,59 @@
       <c r="CQ44" s="8"/>
       <c r="CR44" s="8"/>
       <c r="CS44" s="8"/>
       <c r="CT44" s="8"/>
       <c r="CU44" s="8"/>
       <c r="CV44" s="8"/>
       <c r="CW44" s="8"/>
       <c r="CX44" s="8"/>
       <c r="CY44" s="8"/>
       <c r="CZ44" s="8"/>
       <c r="DA44" s="8"/>
       <c r="DB44" s="8"/>
       <c r="DC44" s="8"/>
       <c r="DD44" s="8"/>
       <c r="DE44" s="8"/>
       <c r="DF44" s="8"/>
       <c r="DG44" s="8"/>
       <c r="DH44" s="8"/>
       <c r="DI44" s="8"/>
       <c r="DJ44" s="8"/>
       <c r="DK44" s="8"/>
       <c r="DL44" s="8"/>
       <c r="DM44" s="8"/>
       <c r="DN44" s="8"/>
     </row>
-    <row r="45" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
-[...7 lines deleted...]
-      <c r="H45" s="34"/>
+    <row r="45" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
+      <c r="A45" s="35"/>
+      <c r="B45" s="35"/>
+      <c r="C45" s="35"/>
+      <c r="D45" s="32"/>
+      <c r="E45" s="32"/>
+      <c r="F45" s="32"/>
+      <c r="G45" s="26"/>
+      <c r="H45" s="32"/>
       <c r="I45" s="8"/>
       <c r="J45" s="8"/>
       <c r="K45" s="8"/>
       <c r="L45" s="8"/>
       <c r="M45" s="8"/>
       <c r="N45" s="8"/>
       <c r="O45" s="8"/>
       <c r="P45" s="8"/>
       <c r="Q45" s="8"/>
       <c r="R45" s="8"/>
       <c r="S45" s="8"/>
       <c r="T45" s="8"/>
       <c r="U45" s="8"/>
       <c r="V45" s="8"/>
       <c r="W45" s="8"/>
       <c r="X45" s="8"/>
       <c r="Y45" s="8"/>
       <c r="Z45" s="8"/>
       <c r="AA45" s="8"/>
       <c r="AB45" s="8"/>
       <c r="AC45" s="8"/>
       <c r="AD45" s="8"/>
       <c r="AE45" s="8"/>
       <c r="AF45" s="8"/>
       <c r="AG45" s="8"/>
@@ -5910,504 +5988,501 @@
       <c r="CQ45" s="8"/>
       <c r="CR45" s="8"/>
       <c r="CS45" s="8"/>
       <c r="CT45" s="8"/>
       <c r="CU45" s="8"/>
       <c r="CV45" s="8"/>
       <c r="CW45" s="8"/>
       <c r="CX45" s="8"/>
       <c r="CY45" s="8"/>
       <c r="CZ45" s="8"/>
       <c r="DA45" s="8"/>
       <c r="DB45" s="8"/>
       <c r="DC45" s="8"/>
       <c r="DD45" s="8"/>
       <c r="DE45" s="8"/>
       <c r="DF45" s="8"/>
       <c r="DG45" s="8"/>
       <c r="DH45" s="8"/>
       <c r="DI45" s="8"/>
       <c r="DJ45" s="8"/>
       <c r="DK45" s="8"/>
       <c r="DL45" s="8"/>
       <c r="DM45" s="8"/>
       <c r="DN45" s="8"/>
     </row>
-    <row r="46" spans="1:118" ht="13.9" customHeight="1">
-[...410 lines deleted...]
-    <row r="399"/>
+    <row r="46" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A46" s="35"/>
+      <c r="B46" s="35"/>
+      <c r="C46" s="35"/>
+      <c r="D46" s="32"/>
+      <c r="E46" s="32"/>
+      <c r="F46" s="32"/>
+      <c r="G46" s="26"/>
+      <c r="H46" s="32"/>
+    </row>
+    <row r="47" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A47" s="35"/>
+      <c r="B47" s="35"/>
+      <c r="C47" s="35"/>
+      <c r="D47" s="32"/>
+      <c r="E47" s="32"/>
+      <c r="F47" s="32"/>
+      <c r="G47" s="26"/>
+      <c r="H47" s="32"/>
+    </row>
+    <row r="48" spans="1:118" ht="13.95" customHeight="1">
+      <c r="A48" s="35"/>
+      <c r="B48" s="35"/>
+      <c r="C48" s="35"/>
+      <c r="D48" s="32"/>
+      <c r="E48" s="32"/>
+      <c r="F48" s="32"/>
+      <c r="G48" s="26"/>
+      <c r="H48" s="32"/>
+    </row>
+    <row r="49" spans="1:8" ht="13.95" customHeight="1">
+      <c r="A49" s="36"/>
+      <c r="B49" s="36"/>
+      <c r="C49" s="36"/>
+      <c r="D49" s="37"/>
+      <c r="E49" s="37"/>
+      <c r="F49" s="37"/>
+      <c r="G49" s="38"/>
+      <c r="H49" s="37"/>
+    </row>
+    <row r="50" spans="1:8" s="5" customFormat="1" ht="17.350000000000001">
+      <c r="A50" s="67" t="s">
+        <v>61</v>
+      </c>
+      <c r="B50" s="67"/>
+      <c r="C50" s="67"/>
+      <c r="D50" s="67"/>
+      <c r="E50" s="67"/>
+      <c r="F50" s="67"/>
+      <c r="G50" s="67"/>
+      <c r="H50" s="67"/>
+    </row>
+    <row r="51" spans="1:8" s="5" customFormat="1" ht="17.350000000000001">
+      <c r="A51" s="67" t="s">
+        <v>63</v>
+      </c>
+      <c r="B51" s="67"/>
+      <c r="C51" s="67"/>
+      <c r="D51" s="67"/>
+      <c r="E51" s="67"/>
+      <c r="F51" s="67"/>
+      <c r="G51" s="67"/>
+      <c r="H51" s="67"/>
+    </row>
+    <row r="52" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="53" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="54" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="55" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="56" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="57" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="58" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="59" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="60" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="61" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="62" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="63" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="64" spans="1:8" s="5" customFormat="1" ht="12.7"/>
+    <row r="65" s="5" customFormat="1" ht="12.7"/>
+    <row r="66" s="5" customFormat="1" ht="12.7"/>
+    <row r="67" s="5" customFormat="1" ht="12.7"/>
+    <row r="68" s="5" customFormat="1" ht="12.7"/>
+    <row r="69" s="5" customFormat="1" ht="12.7"/>
+    <row r="70" s="5" customFormat="1" ht="12.7"/>
+    <row r="71" s="5" customFormat="1" ht="12.7"/>
+    <row r="72" s="5" customFormat="1" ht="12.7"/>
+    <row r="73" s="5" customFormat="1" ht="12.7"/>
+    <row r="74" s="5" customFormat="1" ht="12.7"/>
+    <row r="75" s="5" customFormat="1" ht="12.7"/>
+    <row r="76" s="5" customFormat="1" ht="12.7"/>
+    <row r="77" s="5" customFormat="1" ht="12.7"/>
+    <row r="78" s="5" customFormat="1" ht="12.7"/>
+    <row r="79" s="5" customFormat="1" ht="12.7"/>
+    <row r="80" s="5" customFormat="1" ht="12.7"/>
+    <row r="81" s="5" customFormat="1" ht="12.7"/>
+    <row r="82" s="5" customFormat="1" ht="12.7"/>
+    <row r="83" s="5" customFormat="1" ht="12.7"/>
+    <row r="84" s="5" customFormat="1" ht="12.7"/>
+    <row r="85" s="5" customFormat="1" ht="12.7"/>
+    <row r="86" s="5" customFormat="1" ht="12.7"/>
+    <row r="87" s="5" customFormat="1" ht="12.7"/>
+    <row r="88" s="5" customFormat="1" ht="12.7"/>
+    <row r="89" s="5" customFormat="1" ht="12.7"/>
+    <row r="90" s="5" customFormat="1" ht="12.7"/>
+    <row r="91" s="5" customFormat="1" ht="12.7"/>
+    <row r="92" s="5" customFormat="1" ht="12.7"/>
+    <row r="93" s="5" customFormat="1" ht="12.7"/>
+    <row r="94" s="5" customFormat="1" ht="12.7"/>
+    <row r="95" s="5" customFormat="1" ht="12.7"/>
+    <row r="96" s="5" customFormat="1" ht="12.7"/>
+    <row r="97" s="5" customFormat="1" ht="12.7"/>
+    <row r="98" s="5" customFormat="1" ht="12.7"/>
+    <row r="99" s="5" customFormat="1" ht="12.7"/>
+    <row r="100" s="5" customFormat="1" ht="12.7"/>
+    <row r="101" s="5" customFormat="1" ht="12.7"/>
+    <row r="102" s="5" customFormat="1" ht="12.7"/>
+    <row r="103" s="5" customFormat="1" ht="12.7"/>
+    <row r="104" s="5" customFormat="1" ht="12.7"/>
+    <row r="105" s="5" customFormat="1" ht="12.7"/>
+    <row r="106" s="5" customFormat="1" ht="12.7"/>
+    <row r="107" s="5" customFormat="1" ht="12.7"/>
+    <row r="108" s="5" customFormat="1" ht="12.7"/>
+    <row r="109" s="5" customFormat="1" ht="12.7"/>
+    <row r="110" s="5" customFormat="1" ht="12.7"/>
+    <row r="111" s="5" customFormat="1" ht="12.7"/>
+    <row r="112" s="5" customFormat="1" ht="12.7"/>
+    <row r="113" s="5" customFormat="1" ht="12.7"/>
+    <row r="114" s="5" customFormat="1" ht="12.7"/>
+    <row r="115" s="5" customFormat="1" ht="12.7"/>
+    <row r="116" s="5" customFormat="1" ht="12.7"/>
+    <row r="117" s="5" customFormat="1" ht="12.7"/>
+    <row r="118" s="5" customFormat="1" ht="12.7"/>
+    <row r="119" s="5" customFormat="1" ht="12.7"/>
+    <row r="120" s="5" customFormat="1" ht="12.7"/>
+    <row r="121" s="5" customFormat="1" ht="12.7"/>
+    <row r="122" s="5" customFormat="1" ht="12.7"/>
+    <row r="123" s="5" customFormat="1" ht="12.7"/>
+    <row r="124" s="5" customFormat="1" ht="12.7"/>
+    <row r="125" s="5" customFormat="1" ht="12.7"/>
+    <row r="126" s="5" customFormat="1" ht="12.7"/>
+    <row r="127" s="5" customFormat="1" ht="12.7"/>
+    <row r="128" s="5" customFormat="1" ht="12.7"/>
+    <row r="129" s="5" customFormat="1" ht="12.7"/>
+    <row r="130" s="5" customFormat="1" ht="12.7"/>
+    <row r="131" s="5" customFormat="1" ht="12.7"/>
+    <row r="132" s="5" customFormat="1" ht="12.7"/>
+    <row r="133" s="5" customFormat="1" ht="12.7"/>
+    <row r="134" s="5" customFormat="1" ht="12.7"/>
+    <row r="135" s="5" customFormat="1" ht="12.7"/>
+    <row r="136" s="5" customFormat="1" ht="12.7"/>
+    <row r="137" s="5" customFormat="1" ht="12.7"/>
+    <row r="138" s="5" customFormat="1" ht="12.7"/>
+    <row r="139" s="5" customFormat="1" ht="12.7"/>
+    <row r="140" s="5" customFormat="1" ht="12.7"/>
+    <row r="141" s="5" customFormat="1" ht="12.7"/>
+    <row r="142" s="5" customFormat="1" ht="12.7"/>
+    <row r="143" s="5" customFormat="1" ht="12.7"/>
+    <row r="144" s="5" customFormat="1" ht="12.7"/>
+    <row r="145" s="5" customFormat="1" ht="12.7"/>
+    <row r="146" s="5" customFormat="1" ht="12.7"/>
+    <row r="147" s="5" customFormat="1" ht="12.7"/>
+    <row r="148" s="5" customFormat="1" ht="12.7"/>
+    <row r="149" s="5" customFormat="1" ht="12.7"/>
+    <row r="150" s="5" customFormat="1" ht="12.7"/>
+    <row r="151" s="5" customFormat="1" ht="12.7"/>
+    <row r="152" s="5" customFormat="1" ht="12.7"/>
+    <row r="153" s="5" customFormat="1" ht="12.7"/>
+    <row r="154" s="5" customFormat="1" ht="12.7"/>
+    <row r="155" s="5" customFormat="1" ht="12.7"/>
+    <row r="156" s="5" customFormat="1" ht="12.7"/>
+    <row r="157" s="5" customFormat="1" ht="12.7"/>
+    <row r="158" s="5" customFormat="1" ht="12.7"/>
+    <row r="159" s="5" customFormat="1" ht="12.7"/>
+    <row r="160" s="5" customFormat="1" ht="12.7"/>
+    <row r="161" s="5" customFormat="1" ht="12.7"/>
+    <row r="162" s="5" customFormat="1" ht="12.7"/>
+    <row r="163" s="5" customFormat="1" ht="12.7"/>
+    <row r="164" s="5" customFormat="1" ht="12.7"/>
+    <row r="165" s="5" customFormat="1" ht="12.7"/>
+    <row r="166" s="5" customFormat="1" ht="12.7"/>
+    <row r="167" s="5" customFormat="1" ht="12.7"/>
+    <row r="168" s="5" customFormat="1" ht="12.7"/>
+    <row r="169" s="5" customFormat="1" ht="12.7"/>
+    <row r="170" s="5" customFormat="1" ht="12.7"/>
+    <row r="171" s="5" customFormat="1" ht="12.7"/>
+    <row r="172" s="5" customFormat="1" ht="12.7"/>
+    <row r="173" s="5" customFormat="1" ht="12.7"/>
+    <row r="174" s="5" customFormat="1" ht="12.7"/>
+    <row r="175" s="5" customFormat="1" ht="12.7"/>
+    <row r="176" s="5" customFormat="1" ht="12.7"/>
+    <row r="177" s="5" customFormat="1" ht="12.7"/>
+    <row r="178" s="5" customFormat="1" ht="12.7"/>
+    <row r="179" s="5" customFormat="1" ht="12.7"/>
+    <row r="180" s="5" customFormat="1" ht="12.7"/>
+    <row r="181" s="5" customFormat="1" ht="12.7"/>
+    <row r="182" s="5" customFormat="1" ht="12.7"/>
+    <row r="183" s="5" customFormat="1" ht="12.7"/>
+    <row r="184" s="5" customFormat="1" ht="12.7"/>
+    <row r="185" s="5" customFormat="1" ht="12.7"/>
+    <row r="186" s="5" customFormat="1" ht="12.7"/>
+    <row r="187" s="5" customFormat="1" ht="12.7"/>
+    <row r="188" s="5" customFormat="1" ht="12.7"/>
+    <row r="189" s="5" customFormat="1" ht="12.7"/>
+    <row r="190" s="5" customFormat="1" ht="12.7"/>
+    <row r="191" s="5" customFormat="1" ht="12.7"/>
+    <row r="192" s="5" customFormat="1" ht="12.7"/>
+    <row r="193" s="5" customFormat="1" ht="12.7"/>
+    <row r="194" s="5" customFormat="1" ht="12.7"/>
+    <row r="195" s="5" customFormat="1" ht="12.7"/>
+    <row r="196" s="5" customFormat="1" ht="12.7"/>
+    <row r="197" s="5" customFormat="1" ht="12.7"/>
+    <row r="198" s="5" customFormat="1" ht="12.7"/>
+    <row r="199" s="5" customFormat="1" ht="12.7"/>
+    <row r="200" s="5" customFormat="1" ht="12.7"/>
+    <row r="201" s="5" customFormat="1" ht="12.7"/>
+    <row r="202" s="5" customFormat="1" ht="12.7"/>
+    <row r="203" s="5" customFormat="1" ht="12.7"/>
+    <row r="204" s="5" customFormat="1" ht="12.7"/>
+    <row r="205" s="5" customFormat="1" ht="12.7"/>
+    <row r="206" s="5" customFormat="1" ht="12.7"/>
+    <row r="207" s="5" customFormat="1" ht="12.7"/>
+    <row r="208" s="5" customFormat="1" ht="12.7"/>
+    <row r="209" s="5" customFormat="1" ht="12.7"/>
+    <row r="210" s="5" customFormat="1" ht="12.7"/>
+    <row r="211" s="5" customFormat="1" ht="12.7"/>
+    <row r="212" s="5" customFormat="1" ht="12.7"/>
+    <row r="213" s="5" customFormat="1" ht="12.7"/>
+    <row r="214" s="5" customFormat="1" ht="12.7"/>
+    <row r="215" s="5" customFormat="1" ht="12.7"/>
+    <row r="216" s="5" customFormat="1" ht="12.7"/>
+    <row r="217" s="5" customFormat="1" ht="12.7"/>
+    <row r="218" s="5" customFormat="1" ht="12.7"/>
+    <row r="219" s="5" customFormat="1" ht="12.7"/>
+    <row r="220" s="5" customFormat="1" ht="12.7"/>
+    <row r="221" s="5" customFormat="1" ht="12.7"/>
+    <row r="222" s="5" customFormat="1" ht="12.7"/>
+    <row r="223" s="5" customFormat="1" ht="12.7"/>
+    <row r="224" s="5" customFormat="1" ht="12.7"/>
+    <row r="225" s="5" customFormat="1" ht="12.7"/>
+    <row r="226" s="5" customFormat="1" ht="12.7"/>
+    <row r="227" s="5" customFormat="1" ht="12.7"/>
+    <row r="228" s="5" customFormat="1" ht="12.7"/>
+    <row r="229" s="5" customFormat="1" ht="12.7"/>
+    <row r="230" s="5" customFormat="1" ht="12.7"/>
+    <row r="231" s="5" customFormat="1" ht="12.7"/>
+    <row r="232" s="5" customFormat="1" ht="12.7"/>
+    <row r="233" s="5" customFormat="1" ht="12.7"/>
+    <row r="234" s="5" customFormat="1" ht="12.7"/>
+    <row r="235" s="5" customFormat="1" ht="12.7"/>
+    <row r="236" s="5" customFormat="1" ht="12.7"/>
+    <row r="237" s="5" customFormat="1" ht="12.7"/>
+    <row r="238" s="5" customFormat="1" ht="12.7"/>
+    <row r="239" s="5" customFormat="1" ht="12.7"/>
+    <row r="240" s="5" customFormat="1" ht="12.7"/>
+    <row r="241" s="5" customFormat="1" ht="12.7"/>
+    <row r="242" s="5" customFormat="1" ht="12.7"/>
+    <row r="243" s="5" customFormat="1" ht="12.7"/>
+    <row r="244" s="5" customFormat="1" ht="12.7"/>
+    <row r="245" s="5" customFormat="1" ht="12.7"/>
+    <row r="246" s="5" customFormat="1" ht="12.7"/>
+    <row r="247" s="5" customFormat="1" ht="12.7"/>
+    <row r="248" s="5" customFormat="1" ht="12.7"/>
+    <row r="249" s="5" customFormat="1" ht="12.7"/>
+    <row r="250" s="5" customFormat="1" ht="12.7"/>
+    <row r="251" s="5" customFormat="1" ht="12.7"/>
+    <row r="252" s="5" customFormat="1" ht="12.7"/>
+    <row r="253" s="5" customFormat="1" ht="12.7"/>
+    <row r="254" s="5" customFormat="1" ht="12.7"/>
+    <row r="255" s="5" customFormat="1" ht="12.7"/>
+    <row r="256" s="5" customFormat="1" ht="12.7"/>
+    <row r="257" s="5" customFormat="1" ht="12.7"/>
+    <row r="258" s="5" customFormat="1" ht="12.7"/>
+    <row r="259" s="5" customFormat="1" ht="12.7"/>
+    <row r="260" s="5" customFormat="1" ht="12.7"/>
+    <row r="261" s="5" customFormat="1" ht="12.7"/>
+    <row r="262" s="5" customFormat="1" ht="12.7"/>
+    <row r="263" s="5" customFormat="1" ht="12.7"/>
+    <row r="264" s="5" customFormat="1" ht="12.7"/>
+    <row r="265" s="5" customFormat="1" ht="12.7"/>
+    <row r="266" s="5" customFormat="1" ht="12.7"/>
+    <row r="267" s="5" customFormat="1" ht="12.7"/>
+    <row r="268" s="5" customFormat="1" ht="12.7"/>
+    <row r="269" s="5" customFormat="1" ht="12.7"/>
+    <row r="270" s="5" customFormat="1" ht="12.7"/>
+    <row r="271" s="5" customFormat="1" ht="12.7"/>
+    <row r="272" s="5" customFormat="1" ht="12.7"/>
+    <row r="273" s="5" customFormat="1" ht="12.7"/>
+    <row r="274" s="5" customFormat="1" ht="12.7"/>
+    <row r="275" s="5" customFormat="1" ht="12.7"/>
+    <row r="276" s="5" customFormat="1" ht="12.7"/>
+    <row r="277" s="5" customFormat="1" ht="12.7"/>
+    <row r="278" s="5" customFormat="1" ht="12.7"/>
+    <row r="279" s="5" customFormat="1" ht="12.7"/>
+    <row r="280" s="5" customFormat="1" ht="12.7"/>
+    <row r="281" s="5" customFormat="1" ht="12.7"/>
+    <row r="282" s="5" customFormat="1" ht="12.7"/>
+    <row r="283" s="5" customFormat="1" ht="12.7"/>
+    <row r="284" s="5" customFormat="1" ht="12.7"/>
+    <row r="285" s="5" customFormat="1" ht="12.7"/>
+    <row r="286" s="5" customFormat="1" ht="12.7"/>
+    <row r="287" s="5" customFormat="1" ht="12.7"/>
+    <row r="288" s="5" customFormat="1" ht="12.7"/>
+    <row r="289" s="5" customFormat="1" ht="12.7"/>
+    <row r="290" s="5" customFormat="1" ht="12.7"/>
+    <row r="291" s="5" customFormat="1" ht="12.7"/>
+    <row r="292" s="5" customFormat="1" ht="12.7"/>
+    <row r="293" s="5" customFormat="1" ht="12.7"/>
+    <row r="294" s="5" customFormat="1" ht="12.7"/>
+    <row r="295" s="5" customFormat="1" ht="12.7"/>
+    <row r="296" s="5" customFormat="1" ht="12.7"/>
+    <row r="297" s="5" customFormat="1" ht="12.7"/>
+    <row r="298" s="5" customFormat="1" ht="12.7"/>
+    <row r="299" s="5" customFormat="1" ht="12.7"/>
+    <row r="300" s="5" customFormat="1" ht="12.7"/>
+    <row r="301" s="5" customFormat="1" ht="12.7"/>
+    <row r="302" s="5" customFormat="1" ht="12.7"/>
+    <row r="303" s="5" customFormat="1" ht="12.7"/>
+    <row r="304" s="5" customFormat="1" ht="12.7"/>
+    <row r="305" s="5" customFormat="1" ht="12.7"/>
+    <row r="306" s="5" customFormat="1" ht="12.7"/>
+    <row r="307" s="5" customFormat="1" ht="12.7"/>
+    <row r="308" s="5" customFormat="1" ht="12.7"/>
+    <row r="309" s="5" customFormat="1" ht="12.7"/>
+    <row r="310" s="5" customFormat="1" ht="12.7"/>
+    <row r="311" s="5" customFormat="1" ht="12.7"/>
+    <row r="312" s="5" customFormat="1" ht="12.7"/>
+    <row r="313" s="5" customFormat="1" ht="12.7"/>
+    <row r="314" s="5" customFormat="1" ht="12.7"/>
+    <row r="315" s="5" customFormat="1" ht="12.7"/>
+    <row r="316" s="5" customFormat="1" ht="12.7"/>
+    <row r="317" s="5" customFormat="1" ht="12.7"/>
+    <row r="318" s="5" customFormat="1" ht="12.7"/>
+    <row r="319" s="5" customFormat="1" ht="12.7"/>
+    <row r="320" s="5" customFormat="1" ht="12.7"/>
+    <row r="321" s="5" customFormat="1" ht="12.7"/>
+    <row r="322" s="5" customFormat="1" ht="12.7"/>
+    <row r="323" s="5" customFormat="1" ht="12.7"/>
+    <row r="324" s="5" customFormat="1" ht="12.7"/>
+    <row r="325" s="5" customFormat="1" ht="12.7"/>
+    <row r="326" s="5" customFormat="1" ht="12.7"/>
+    <row r="327" s="5" customFormat="1" ht="12.7"/>
+    <row r="328" s="5" customFormat="1" ht="12.7"/>
+    <row r="329" s="5" customFormat="1" ht="12.7"/>
+    <row r="330" s="5" customFormat="1" ht="12.7"/>
+    <row r="331" s="5" customFormat="1" ht="12.7"/>
+    <row r="332" s="5" customFormat="1" ht="12.7"/>
+    <row r="333" s="5" customFormat="1" ht="12.7"/>
+    <row r="334" s="5" customFormat="1" ht="12.7"/>
+    <row r="335" s="5" customFormat="1" ht="12.7"/>
+    <row r="336" s="5" customFormat="1" ht="12.7"/>
+    <row r="337" s="5" customFormat="1" ht="12.7"/>
+    <row r="338" s="5" customFormat="1" ht="12.7"/>
+    <row r="339" s="5" customFormat="1" ht="12.7"/>
+    <row r="340" s="5" customFormat="1" ht="12.7"/>
+    <row r="341" s="5" customFormat="1" ht="12.7"/>
+    <row r="342" s="5" customFormat="1" ht="12.7"/>
+    <row r="343" s="5" customFormat="1" ht="12.7"/>
+    <row r="344" s="5" customFormat="1" ht="12.7"/>
+    <row r="345" s="5" customFormat="1" ht="12.7"/>
+    <row r="346" s="5" customFormat="1" ht="12.7"/>
+    <row r="347" s="5" customFormat="1" ht="12.7"/>
+    <row r="348" s="5" customFormat="1" ht="12.7"/>
+    <row r="349" s="5" customFormat="1" ht="12.7"/>
+    <row r="350" s="5" customFormat="1" ht="12.7"/>
+    <row r="351" s="5" customFormat="1" ht="12.7"/>
+    <row r="352" s="5" customFormat="1" ht="12.7"/>
+    <row r="353" s="5" customFormat="1" ht="12.7"/>
+    <row r="354" s="5" customFormat="1" ht="12.7"/>
+    <row r="355" s="5" customFormat="1" ht="12.7"/>
+    <row r="356" s="5" customFormat="1" ht="12.7"/>
+    <row r="357" s="5" customFormat="1" ht="12.7"/>
+    <row r="358" s="5" customFormat="1" ht="12.7"/>
+    <row r="359" s="5" customFormat="1" ht="12.7"/>
+    <row r="360" s="5" customFormat="1" ht="12.7"/>
+    <row r="361" s="5" customFormat="1" ht="12.7"/>
+    <row r="362" s="5" customFormat="1" ht="12.7"/>
+    <row r="363" s="5" customFormat="1" ht="12.7"/>
+    <row r="364" s="5" customFormat="1" ht="12.7"/>
+    <row r="365" s="5" customFormat="1" ht="12.7"/>
+    <row r="366" s="5" customFormat="1" ht="12.7"/>
+    <row r="367" s="5" customFormat="1" ht="12.7"/>
+    <row r="368" s="5" customFormat="1" ht="12.7"/>
+    <row r="369" s="5" customFormat="1" ht="12.7"/>
+    <row r="370" s="5" customFormat="1" ht="12.7"/>
+    <row r="371" s="5" customFormat="1" ht="12.7"/>
+    <row r="372" s="5" customFormat="1" ht="12.7"/>
+    <row r="373" s="5" customFormat="1" ht="12.7"/>
+    <row r="374" s="5" customFormat="1" ht="12.7"/>
+    <row r="375" s="5" customFormat="1" ht="12.7"/>
+    <row r="376" s="5" customFormat="1" ht="12.7"/>
+    <row r="377" s="5" customFormat="1" ht="12.7"/>
+    <row r="378" s="5" customFormat="1" ht="12.7"/>
+    <row r="379" s="5" customFormat="1" ht="12.7"/>
+    <row r="380" s="5" customFormat="1" ht="12.7"/>
+    <row r="381" s="5" customFormat="1" ht="12.7"/>
+    <row r="382" s="5" customFormat="1" ht="12.7"/>
+    <row r="383" s="5" customFormat="1" ht="12.7"/>
+    <row r="384" s="5" customFormat="1" ht="12.7"/>
+    <row r="385" s="5" customFormat="1" ht="12.7"/>
+    <row r="386" s="5" customFormat="1" ht="12.7"/>
+    <row r="387" s="5" customFormat="1" ht="12.7"/>
+    <row r="388" s="5" customFormat="1" ht="12.7"/>
+    <row r="389" s="5" customFormat="1" ht="12.7"/>
+    <row r="390" s="5" customFormat="1" ht="12.7"/>
+    <row r="391" s="5" customFormat="1" ht="12.7"/>
+    <row r="392" s="5" customFormat="1" ht="12.7"/>
+    <row r="393" s="5" customFormat="1" ht="12.7"/>
+    <row r="394" s="5" customFormat="1" ht="12.7"/>
+    <row r="395" s="5" customFormat="1" ht="12.7"/>
+    <row r="396" s="5" customFormat="1" ht="12.7"/>
+    <row r="397" s="5" customFormat="1" ht="12.7"/>
+    <row r="398" s="5" customFormat="1" ht="12.7"/>
+    <row r="399" ht="12.7"/>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="A50:H50"/>
-[...3 lines deleted...]
-    <mergeCell ref="A9:H9"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="E6:H6"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="A4:H4"/>
+    <mergeCell ref="A50:H50"/>
+    <mergeCell ref="A51:H51"/>
+    <mergeCell ref="A7:H7"/>
+    <mergeCell ref="A8:H8"/>
+    <mergeCell ref="A9:H9"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E0B36D0F38EA5F458C8501BE75F0A150" ma:contentTypeVersion="4" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="3a1f3571fb4382bff755efb4adc679f2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ed01aafe-d689-4473-bb05-971fc4f7f617" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50cb7b072814760047c26ed9ddad792c" ns2:_="">
     <xsd:import namespace="ed01aafe-d689-4473-bb05-971fc4f7f617"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ed01aafe-d689-4473-bb05-971fc4f7f617" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -6511,74 +6586,91 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{899ABA99-5E26-4E85-AF30-13F5BA381667}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D8FAE35-6A85-427B-81F1-3F12CAA6EDDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="32ca2c8d-a360-416b-af8c-816a54294b99"/>
     <ds:schemaRef ds:uri="6aa92b4d-b642-4b10-af30-63f37797d64c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{281F8E94-6E3B-4C9A-B50B-13772F549D1B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ed01aafe-d689-4473-bb05-971fc4f7f617"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{899ABA99-5E26-4E85-AF30-13F5BA381667}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>