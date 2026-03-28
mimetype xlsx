--- v1 (2026-02-07)
+++ v2 (2026-03-28)
@@ -7,60 +7,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BenoitFontaine\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Benoit\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{766A75FF-760F-4FE5-8E70-7C70F4BBA6E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7242F3B9-D967-4974-9310-9C8A4977F3DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-93" yWindow="-93" windowWidth="25786" windowHeight="15466" xr2:uid="{EB1A76B2-9770-4872-8385-D4E7A7C82074}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EB1A76B2-9770-4872-8385-D4E7A7C82074}"/>
   </bookViews>
   <sheets>
     <sheet name="Partie 1" sheetId="4" r:id="rId1"/>
     <sheet name="Partie 2" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Partie 1'!$A$1:$I$59</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Partie 2'!$A$1:$H$51</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -214,50 +214,53 @@
     <t>Signature</t>
   </si>
   <si>
     <t>Secrétaire du C.E.</t>
   </si>
   <si>
     <t>S'il y a une délégation syndicale</t>
   </si>
   <si>
     <t>Organisation</t>
   </si>
   <si>
     <t>S'il y a un comité pour la prévention et la protection du travail</t>
   </si>
   <si>
     <t>Président du C.P.P.T.</t>
   </si>
   <si>
     <t>Nom, Prénom</t>
   </si>
   <si>
     <t>Téléphone / GSM</t>
   </si>
   <si>
     <t>Courriel</t>
+  </si>
+  <si>
+    <t>Personnel de l'entreprise au 31 décembre 2024</t>
   </si>
   <si>
     <t>Nombre d'ouvriers</t>
   </si>
   <si>
     <t>Nombre de travailleurs
 (ouvriers et employés)</t>
   </si>
   <si>
     <t>La convention collective du 13 novembre 2023 précise qui doivent être les signataires (de l'attestation) de plan de formation, à savoir :
 - les représentants du conseil d'entreprise
 - s'il n'y a pas de conseil d'entreprise, des représentants de chaque délégation syndicale représentée dans l'entreprise
 - s'il n'y a pas de délégation syndicale, des représentants du comité pour la prévention et la protection du travail (président et un représentant de chaque organisation des ouvriers représentée</t>
   </si>
   <si>
     <t>Année calendrier/fiscale  :</t>
   </si>
   <si>
     <t>du</t>
   </si>
   <si>
     <t>au</t>
   </si>
   <si>
     <t>000-</t>
@@ -401,81 +404,78 @@
       <t>ouvriers@ifpm.be</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="HapticPro Light"/>
       </rPr>
       <t xml:space="preserve"> ou au 02/706.81.92.
 (**) </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="HapticPro Light"/>
       </rPr>
       <t>la date peut varier en fonction de la date de fin de l'exercice fiscal de l'entreprise</t>
     </r>
   </si>
   <si>
     <t>NB : le plan doit être définitivement élaboré pour le 31 mars de chaque année (la date peut varier en fonction de la date de fin de l'exercice fiscal de l'entreprise).</t>
   </si>
   <si>
+    <t>Plan de formation – modèle IFPM Ouvriers asbl (2025)</t>
+  </si>
+  <si>
     <t xml:space="preserve">Vous pouvez mentionner dans ce tableau les formations techniques, logistiques, liées à la sécurité ou aux soft skills,… répondant aux besoins de votre personnel. </t>
   </si>
   <si>
     <t>Vous pouvez ajouter ou supprimer autant de lignes que nécessaires dans le tableau ci-dessous afin d'établir votre liste de formations.</t>
   </si>
   <si>
     <t>·        la réalisation de ce plan a-t-elle été évaluée dans l’instance prévue ? </t>
   </si>
   <si>
     <t>·        le nouveau plan prend-il en compte cette évaluation/comprend-il des réponses à cette évaluation ?</t>
   </si>
   <si>
     <t>·        pour chacun des départements de l’entreprise ? </t>
   </si>
   <si>
     <t>·        pour chacun des groupes de personnel ?</t>
   </si>
   <si>
     <t>·        selon la dimension genre ? </t>
   </si>
   <si>
     <t xml:space="preserve">·    de 50 ans ou plus </t>
   </si>
   <si>
     <t>Un plan de formation validé ouvre le droit aux aides sectorielles en CP.111</t>
-  </si>
-[...4 lines deleted...]
-    <t>Personnel de l'entreprise au 31 décembre de l'année concernée</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="31">
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="HapticPro Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="60"/>
       <name val="HapticPro Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="HapticPro Light"/>
@@ -697,51 +697,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.34998626667073579"/>
@@ -829,127 +829,55 @@
         <color theme="1" tint="0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...70 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="82">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -960,212 +888,206 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF82D0A7"/>
       <color rgb="FFFBD51A"/>
       <color rgb="FF384659"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1476,76 +1398,76 @@
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="H11" dT="2024-11-25T12:44:22.33" personId="{F7070786-E165-4159-A922-EA58F046B0CC}" id="{BAB730D7-C9BE-4BC1-B045-DFA18DE7EE0F}">
     <text>pas obligatoire</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C05DA0E-01A5-42CD-B573-50EAD0D0714C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:DM60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9:I9"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="12.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="15.47265625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="18.47265625" customWidth="1"/>
+    <col min="1" max="1" width="15.5" customWidth="1"/>
+    <col min="2" max="4" width="16.625" customWidth="1"/>
+    <col min="5" max="5" width="19.5" customWidth="1"/>
+    <col min="6" max="6" width="19.375" customWidth="1"/>
+    <col min="7" max="7" width="16.625" customWidth="1"/>
+    <col min="8" max="8" width="17.5" customWidth="1"/>
+    <col min="9" max="9" width="18.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:117" s="10" customFormat="1" ht="25.95" customHeight="1">
-[...10 lines deleted...]
-      <c r="I1" s="65"/>
+    <row r="1" spans="1:117" s="10" customFormat="1" ht="25.9" customHeight="1">
+      <c r="A1" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1" s="53"/>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
+      <c r="F1" s="53"/>
+      <c r="G1" s="53"/>
+      <c r="H1" s="53"/>
+      <c r="I1" s="53"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
       <c r="Z1" s="6"/>
       <c r="AA1" s="6"/>
       <c r="AB1" s="6"/>
       <c r="AC1" s="6"/>
       <c r="AD1" s="6"/>
       <c r="AE1" s="6"/>
       <c r="AF1" s="6"/>
       <c r="AG1" s="6"/>
       <c r="AH1" s="6"/>
@@ -1611,809 +1533,809 @@
       <c r="CP1" s="6"/>
       <c r="CQ1" s="6"/>
       <c r="CR1" s="6"/>
       <c r="CS1" s="6"/>
       <c r="CT1" s="6"/>
       <c r="CU1" s="6"/>
       <c r="CV1" s="6"/>
       <c r="CW1" s="6"/>
       <c r="CX1" s="6"/>
       <c r="CY1" s="6"/>
       <c r="CZ1" s="6"/>
       <c r="DA1" s="6"/>
       <c r="DB1" s="6"/>
       <c r="DC1" s="6"/>
       <c r="DD1" s="6"/>
       <c r="DE1" s="6"/>
       <c r="DF1" s="6"/>
       <c r="DG1" s="6"/>
       <c r="DH1" s="6"/>
       <c r="DI1" s="6"/>
       <c r="DJ1" s="6"/>
       <c r="DK1" s="6"/>
       <c r="DL1" s="6"/>
       <c r="DM1" s="6"/>
     </row>
-    <row r="2" spans="1:117" s="10" customFormat="1" ht="26.35">
-      <c r="A2" s="66" t="s">
+    <row r="2" spans="1:117" s="10" customFormat="1" ht="26.25">
+      <c r="A2" s="54" t="s">
         <v>32</v>
       </c>
-      <c r="B2" s="66"/>
-[...9 lines deleted...]
-      <c r="A3" s="59" t="s">
+      <c r="B2" s="54"/>
+      <c r="C2" s="54"/>
+      <c r="D2" s="54"/>
+      <c r="E2" s="54"/>
+      <c r="F2" s="54"/>
+      <c r="G2" s="54"/>
+      <c r="H2" s="54"/>
+      <c r="I2" s="54"/>
+    </row>
+    <row r="3" spans="1:117" s="10" customFormat="1" ht="15">
+      <c r="A3" s="56" t="s">
         <v>33</v>
       </c>
-      <c r="B3" s="59"/>
-[...26 lines deleted...]
-      <c r="C5" s="72" t="s">
+      <c r="B3" s="56"/>
+      <c r="C3" s="56"/>
+      <c r="D3" s="56"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="56"/>
+    </row>
+    <row r="4" spans="1:117" s="10" customFormat="1" ht="15">
+      <c r="A4" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" s="48"/>
+      <c r="C4" s="48"/>
+      <c r="D4" s="48"/>
+      <c r="E4" s="48"/>
+      <c r="F4" s="48"/>
+      <c r="G4" s="48"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+    </row>
+    <row r="5" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="A5" s="22" t="s">
         <v>52</v>
       </c>
-      <c r="D5" s="73"/>
-      <c r="E5" s="72" t="s">
+      <c r="B5" s="22"/>
+      <c r="C5" s="23" t="s">
         <v>53</v>
       </c>
-      <c r="F5" s="73"/>
-[...6 lines deleted...]
-    <row r="6" spans="1:117" s="10" customFormat="1" ht="17.25" customHeight="1" thickTop="1">
+      <c r="D5" s="22"/>
+      <c r="E5" s="23" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" s="22"/>
+      <c r="G5" s="60" t="s">
+        <v>57</v>
+      </c>
+      <c r="H5" s="60"/>
+      <c r="I5" s="60"/>
+    </row>
+    <row r="6" spans="1:117" s="10" customFormat="1" ht="17.25" customHeight="1">
       <c r="A6" s="19"/>
       <c r="B6" s="19"/>
       <c r="C6" s="21"/>
       <c r="D6" s="19"/>
       <c r="E6" s="21"/>
       <c r="F6" s="19"/>
       <c r="G6" s="19"/>
       <c r="H6" s="19"/>
       <c r="I6" s="19"/>
     </row>
-    <row r="7" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
-      <c r="A7" s="63" t="s">
+    <row r="7" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="A7" s="49" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="63"/>
-[...1 lines deleted...]
-      <c r="D7" s="63"/>
+      <c r="B7" s="49"/>
+      <c r="C7" s="49"/>
+      <c r="D7" s="49"/>
       <c r="E7" s="15"/>
-      <c r="F7" s="63" t="s">
+      <c r="F7" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="G7" s="63"/>
-[...3 lines deleted...]
-    <row r="8" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
+      <c r="G7" s="49"/>
+      <c r="H7" s="49"/>
+      <c r="I7" s="49"/>
+    </row>
+    <row r="8" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
       <c r="A8" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B8" s="60"/>
-[...1 lines deleted...]
-      <c r="D8" s="62"/>
+      <c r="B8" s="50"/>
+      <c r="C8" s="51"/>
+      <c r="D8" s="52"/>
       <c r="E8" s="19"/>
       <c r="F8" s="17" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="60"/>
-[...3 lines deleted...]
-    <row r="9" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
+      <c r="G8" s="50"/>
+      <c r="H8" s="51"/>
+      <c r="I8" s="52"/>
+    </row>
+    <row r="9" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
       <c r="A9" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="60"/>
-[...1 lines deleted...]
-      <c r="D9" s="62"/>
+      <c r="B9" s="50"/>
+      <c r="C9" s="51"/>
+      <c r="D9" s="52"/>
       <c r="E9" s="19"/>
       <c r="F9" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="G9" s="60"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
+      <c r="G9" s="50"/>
+      <c r="H9" s="51"/>
+      <c r="I9" s="52"/>
+    </row>
+    <row r="10" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
       <c r="A10" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="60"/>
-[...1 lines deleted...]
-      <c r="D10" s="62"/>
+      <c r="B10" s="50"/>
+      <c r="C10" s="51"/>
+      <c r="D10" s="52"/>
       <c r="E10" s="19"/>
       <c r="F10" s="17" t="s">
         <v>46</v>
       </c>
-      <c r="G10" s="60"/>
-[...3 lines deleted...]
-    <row r="11" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
+      <c r="G10" s="50"/>
+      <c r="H10" s="51"/>
+      <c r="I10" s="52"/>
+    </row>
+    <row r="11" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
       <c r="A11" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="60"/>
-[...1 lines deleted...]
-      <c r="D11" s="62"/>
+      <c r="B11" s="50"/>
+      <c r="C11" s="51"/>
+      <c r="D11" s="52"/>
       <c r="E11" s="19"/>
       <c r="F11" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="G11" s="60"/>
-[...3 lines deleted...]
-    <row r="12" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
+      <c r="G11" s="50"/>
+      <c r="H11" s="51"/>
+      <c r="I11" s="52"/>
+    </row>
+    <row r="12" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
       <c r="A12" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="60"/>
-[...1 lines deleted...]
-      <c r="D12" s="62"/>
+      <c r="B12" s="50"/>
+      <c r="C12" s="51"/>
+      <c r="D12" s="52"/>
       <c r="E12" s="19"/>
-      <c r="F12" s="63" t="s">
-[...6 lines deleted...]
-    <row r="13" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
+      <c r="F12" s="49" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" s="49"/>
+      <c r="H12" s="49"/>
+      <c r="I12" s="49"/>
+    </row>
+    <row r="13" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
       <c r="A13" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="44" t="s">
-[...3 lines deleted...]
-      <c r="D13" s="46"/>
+      <c r="B13" s="57" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="58"/>
+      <c r="D13" s="59"/>
       <c r="E13" s="19"/>
       <c r="F13" s="18" t="s">
-        <v>49</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:117" s="10" customFormat="1" ht="31.2" customHeight="1">
+        <v>50</v>
+      </c>
+      <c r="G13" s="50"/>
+      <c r="H13" s="51"/>
+      <c r="I13" s="52"/>
+    </row>
+    <row r="14" spans="1:117" s="10" customFormat="1" ht="31.15" customHeight="1">
       <c r="A14" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="44" t="s">
-[...3 lines deleted...]
-      <c r="D14" s="46"/>
+      <c r="B14" s="57" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" s="58"/>
+      <c r="D14" s="59"/>
       <c r="E14" s="19"/>
       <c r="F14" s="18" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      <c r="I14" s="62"/>
+        <v>49</v>
+      </c>
+      <c r="G14" s="50"/>
+      <c r="H14" s="51"/>
+      <c r="I14" s="52"/>
     </row>
     <row r="15" spans="1:117" s="10" customFormat="1" ht="18" customHeight="1">
       <c r="A15" s="15"/>
       <c r="B15" s="15"/>
       <c r="C15" s="15"/>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
     </row>
     <row r="16" spans="1:117" s="12" customFormat="1" ht="39.6" customHeight="1">
-      <c r="A16" s="58" t="s">
+      <c r="A16" s="55" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="58"/>
-[...6 lines deleted...]
-      <c r="I16" s="58"/>
+      <c r="B16" s="55"/>
+      <c r="C16" s="55"/>
+      <c r="D16" s="55"/>
+      <c r="E16" s="55"/>
+      <c r="F16" s="55"/>
+      <c r="G16" s="55"/>
+      <c r="H16" s="55"/>
+      <c r="I16" s="55"/>
       <c r="J16" s="9"/>
       <c r="K16" s="9"/>
     </row>
     <row r="17" spans="1:11" s="13" customFormat="1" ht="24.6" customHeight="1">
-      <c r="A17" s="57" t="s">
+      <c r="A17" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="B17" s="57"/>
-[...6 lines deleted...]
-      <c r="I17" s="57"/>
+      <c r="B17" s="64"/>
+      <c r="C17" s="64"/>
+      <c r="D17" s="64"/>
+      <c r="E17" s="64"/>
+      <c r="F17" s="64"/>
+      <c r="G17" s="64"/>
+      <c r="H17" s="64"/>
+      <c r="I17" s="64"/>
       <c r="J17" s="11"/>
       <c r="K17" s="11"/>
     </row>
     <row r="18" spans="1:11" s="12" customFormat="1" ht="39.6" customHeight="1">
-      <c r="A18" s="58" t="s">
+      <c r="A18" s="55" t="s">
         <v>18</v>
       </c>
-      <c r="B18" s="58"/>
-[...6 lines deleted...]
-      <c r="I18" s="58"/>
+      <c r="B18" s="55"/>
+      <c r="C18" s="55"/>
+      <c r="D18" s="55"/>
+      <c r="E18" s="55"/>
+      <c r="F18" s="55"/>
+      <c r="G18" s="55"/>
+      <c r="H18" s="55"/>
+      <c r="I18" s="55"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
     </row>
     <row r="19" spans="1:11" s="13" customFormat="1" ht="24.6" customHeight="1">
-      <c r="A19" s="57" t="s">
-[...9 lines deleted...]
-      <c r="I19" s="57"/>
+      <c r="A19" s="64" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" s="64"/>
+      <c r="C19" s="64"/>
+      <c r="D19" s="64"/>
+      <c r="E19" s="64"/>
+      <c r="F19" s="64"/>
+      <c r="G19" s="64"/>
+      <c r="H19" s="64"/>
+      <c r="I19" s="64"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
     </row>
     <row r="20" spans="1:11" s="12" customFormat="1" ht="17.25" customHeight="1">
-      <c r="A20" s="58"/>
-[...7 lines deleted...]
-      <c r="I20" s="58"/>
+      <c r="A20" s="55"/>
+      <c r="B20" s="55"/>
+      <c r="C20" s="55"/>
+      <c r="D20" s="55"/>
+      <c r="E20" s="55"/>
+      <c r="F20" s="55"/>
+      <c r="G20" s="55"/>
+      <c r="H20" s="55"/>
+      <c r="I20" s="55"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
     </row>
-    <row r="21" spans="1:11" s="10" customFormat="1" ht="14.35">
-      <c r="A21" s="49" t="s">
+    <row r="21" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A21" s="62" t="s">
         <v>19</v>
       </c>
-      <c r="B21" s="49"/>
-[...6 lines deleted...]
-      <c r="I21" s="40"/>
+      <c r="B21" s="62"/>
+      <c r="C21" s="62"/>
+      <c r="D21" s="62"/>
+      <c r="E21" s="62"/>
+      <c r="F21" s="62"/>
+      <c r="G21" s="62"/>
+      <c r="H21" s="44"/>
+      <c r="I21" s="44"/>
     </row>
     <row r="22" spans="1:11" s="12" customFormat="1" ht="39.6" customHeight="1">
-      <c r="A22" s="56" t="s">
+      <c r="A22" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="B22" s="56"/>
-[...5 lines deleted...]
-      <c r="H22" s="41" t="s">
+      <c r="B22" s="63"/>
+      <c r="C22" s="63"/>
+      <c r="D22" s="63"/>
+      <c r="E22" s="63"/>
+      <c r="F22" s="63"/>
+      <c r="G22" s="63"/>
+      <c r="H22" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I22" s="41" t="s">
+      <c r="I22" s="45" t="s">
         <v>22</v>
       </c>
       <c r="J22" s="9"/>
       <c r="K22" s="9"/>
     </row>
-    <row r="23" spans="1:11" s="10" customFormat="1" ht="14.35">
-      <c r="A23" s="49" t="s">
+    <row r="23" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A23" s="62" t="s">
         <v>23</v>
       </c>
-      <c r="B23" s="49"/>
-[...18 lines deleted...]
-      <c r="H24" s="41" t="s">
+      <c r="B23" s="62"/>
+      <c r="C23" s="62"/>
+      <c r="D23" s="62"/>
+      <c r="E23" s="62"/>
+      <c r="F23" s="62"/>
+      <c r="G23" s="62"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+    </row>
+    <row r="24" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A24" s="61" t="s">
+        <v>70</v>
+      </c>
+      <c r="B24" s="61"/>
+      <c r="C24" s="61"/>
+      <c r="D24" s="61"/>
+      <c r="E24" s="61"/>
+      <c r="F24" s="61"/>
+      <c r="G24" s="61"/>
+      <c r="H24" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I24" s="41" t="s">
+      <c r="I24" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="1:11" s="10" customFormat="1" ht="14.35">
-[...9 lines deleted...]
-      <c r="H25" s="41" t="s">
+    <row r="25" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A25" s="61" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="61"/>
+      <c r="C25" s="61"/>
+      <c r="D25" s="61"/>
+      <c r="E25" s="61"/>
+      <c r="F25" s="61"/>
+      <c r="G25" s="61"/>
+      <c r="H25" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I25" s="41" t="s">
+      <c r="I25" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="26" spans="1:11" s="10" customFormat="1" ht="14.35">
-      <c r="A26" s="49" t="s">
+    <row r="26" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A26" s="62" t="s">
         <v>24</v>
       </c>
-      <c r="B26" s="49"/>
-[...18 lines deleted...]
-      <c r="H27" s="41" t="s">
+      <c r="B26" s="62"/>
+      <c r="C26" s="62"/>
+      <c r="D26" s="62"/>
+      <c r="E26" s="62"/>
+      <c r="F26" s="62"/>
+      <c r="G26" s="62"/>
+      <c r="H26" s="44"/>
+      <c r="I26" s="44"/>
+    </row>
+    <row r="27" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A27" s="61" t="s">
+        <v>72</v>
+      </c>
+      <c r="B27" s="61"/>
+      <c r="C27" s="61"/>
+      <c r="D27" s="61"/>
+      <c r="E27" s="61"/>
+      <c r="F27" s="61"/>
+      <c r="G27" s="61"/>
+      <c r="H27" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I27" s="41" t="s">
+      <c r="I27" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="28" spans="1:11" s="10" customFormat="1" ht="14.35">
-[...9 lines deleted...]
-      <c r="H28" s="41" t="s">
+    <row r="28" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A28" s="61" t="s">
+        <v>73</v>
+      </c>
+      <c r="B28" s="61"/>
+      <c r="C28" s="61"/>
+      <c r="D28" s="61"/>
+      <c r="E28" s="61"/>
+      <c r="F28" s="61"/>
+      <c r="G28" s="61"/>
+      <c r="H28" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I28" s="41" t="s">
+      <c r="I28" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="29" spans="1:11" s="10" customFormat="1" ht="14.35">
-[...9 lines deleted...]
-      <c r="H29" s="41" t="s">
+    <row r="29" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A29" s="61" t="s">
+        <v>74</v>
+      </c>
+      <c r="B29" s="61"/>
+      <c r="C29" s="61"/>
+      <c r="D29" s="61"/>
+      <c r="E29" s="61"/>
+      <c r="F29" s="61"/>
+      <c r="G29" s="61"/>
+      <c r="H29" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I29" s="41" t="s">
+      <c r="I29" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="30" spans="1:11" s="10" customFormat="1" ht="14.35">
-      <c r="A30" s="49" t="s">
+    <row r="30" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A30" s="62" t="s">
         <v>25</v>
       </c>
-      <c r="B30" s="49"/>
-[...18 lines deleted...]
-      <c r="H31" s="41" t="s">
+      <c r="B30" s="62"/>
+      <c r="C30" s="62"/>
+      <c r="D30" s="62"/>
+      <c r="E30" s="62"/>
+      <c r="F30" s="62"/>
+      <c r="G30" s="62"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+    </row>
+    <row r="31" spans="1:11" s="10" customFormat="1" ht="15">
+      <c r="A31" s="61" t="s">
+        <v>75</v>
+      </c>
+      <c r="B31" s="61"/>
+      <c r="C31" s="61"/>
+      <c r="D31" s="61"/>
+      <c r="E31" s="61"/>
+      <c r="F31" s="61"/>
+      <c r="G31" s="61"/>
+      <c r="H31" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I31" s="41" t="s">
+      <c r="I31" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="32" spans="1:11" s="10" customFormat="1" ht="28.2" customHeight="1">
-      <c r="A32" s="47" t="s">
+    <row r="32" spans="1:11" s="10" customFormat="1" ht="28.15" customHeight="1">
+      <c r="A32" s="61" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="47"/>
-[...9 lines deleted...]
-      <c r="A33" s="47" t="s">
+      <c r="B32" s="61"/>
+      <c r="C32" s="61"/>
+      <c r="D32" s="61"/>
+      <c r="E32" s="61"/>
+      <c r="F32" s="61"/>
+      <c r="G32" s="61"/>
+      <c r="H32" s="61"/>
+      <c r="I32" s="61"/>
+    </row>
+    <row r="33" spans="1:9" s="10" customFormat="1" ht="15">
+      <c r="A33" s="61" t="s">
         <v>27</v>
       </c>
-      <c r="B33" s="47"/>
-[...5 lines deleted...]
-      <c r="H33" s="41" t="s">
+      <c r="B33" s="61"/>
+      <c r="C33" s="61"/>
+      <c r="D33" s="61"/>
+      <c r="E33" s="61"/>
+      <c r="F33" s="61"/>
+      <c r="G33" s="61"/>
+      <c r="H33" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I33" s="41" t="s">
+      <c r="I33" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="34" spans="1:9" s="10" customFormat="1" ht="28.2" customHeight="1">
-      <c r="A34" s="47" t="s">
+    <row r="34" spans="1:9" s="10" customFormat="1" ht="28.15" customHeight="1">
+      <c r="A34" s="61" t="s">
         <v>26</v>
       </c>
-      <c r="B34" s="47"/>
-[...9 lines deleted...]
-      <c r="A35" s="47" t="s">
+      <c r="B34" s="61"/>
+      <c r="C34" s="61"/>
+      <c r="D34" s="61"/>
+      <c r="E34" s="61"/>
+      <c r="F34" s="61"/>
+      <c r="G34" s="61"/>
+      <c r="H34" s="61"/>
+      <c r="I34" s="61"/>
+    </row>
+    <row r="35" spans="1:9" s="10" customFormat="1" ht="15">
+      <c r="A35" s="61" t="s">
         <v>28</v>
       </c>
-      <c r="B35" s="47"/>
-[...5 lines deleted...]
-      <c r="H35" s="41" t="s">
+      <c r="B35" s="61"/>
+      <c r="C35" s="61"/>
+      <c r="D35" s="61"/>
+      <c r="E35" s="61"/>
+      <c r="F35" s="61"/>
+      <c r="G35" s="61"/>
+      <c r="H35" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I35" s="41" t="s">
+      <c r="I35" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="36" spans="1:9" s="10" customFormat="1" ht="28.2" customHeight="1">
-      <c r="A36" s="47" t="s">
+    <row r="36" spans="1:9" s="10" customFormat="1" ht="28.15" customHeight="1">
+      <c r="A36" s="61" t="s">
         <v>26</v>
       </c>
-      <c r="B36" s="47"/>
-[...9 lines deleted...]
-      <c r="A37" s="42" t="s">
+      <c r="B36" s="61"/>
+      <c r="C36" s="61"/>
+      <c r="D36" s="61"/>
+      <c r="E36" s="61"/>
+      <c r="F36" s="61"/>
+      <c r="G36" s="61"/>
+      <c r="H36" s="61"/>
+      <c r="I36" s="61"/>
+    </row>
+    <row r="37" spans="1:9" s="10" customFormat="1" ht="15">
+      <c r="A37" s="46" t="s">
         <v>29</v>
       </c>
-      <c r="B37" s="43"/>
-[...5 lines deleted...]
-      <c r="H37" s="41" t="s">
+      <c r="B37" s="47"/>
+      <c r="C37" s="47"/>
+      <c r="D37" s="47"/>
+      <c r="E37" s="47"/>
+      <c r="F37" s="47"/>
+      <c r="G37" s="47"/>
+      <c r="H37" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I37" s="41" t="s">
+      <c r="I37" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="38" spans="1:9" s="10" customFormat="1" ht="28.2" customHeight="1">
-      <c r="A38" s="47" t="s">
+    <row r="38" spans="1:9" s="10" customFormat="1" ht="28.15" customHeight="1">
+      <c r="A38" s="61" t="s">
         <v>30</v>
       </c>
-      <c r="B38" s="47"/>
-[...6 lines deleted...]
-      <c r="I38" s="47"/>
+      <c r="B38" s="61"/>
+      <c r="C38" s="61"/>
+      <c r="D38" s="61"/>
+      <c r="E38" s="61"/>
+      <c r="F38" s="61"/>
+      <c r="G38" s="61"/>
+      <c r="H38" s="61"/>
+      <c r="I38" s="61"/>
     </row>
     <row r="39" spans="1:9" s="10" customFormat="1" ht="27.6" customHeight="1">
-      <c r="A39" s="48" t="s">
+      <c r="A39" s="71" t="s">
         <v>31</v>
       </c>
-      <c r="B39" s="48"/>
-[...5 lines deleted...]
-      <c r="H39" s="41" t="s">
+      <c r="B39" s="71"/>
+      <c r="C39" s="71"/>
+      <c r="D39" s="71"/>
+      <c r="E39" s="71"/>
+      <c r="F39" s="71"/>
+      <c r="G39" s="71"/>
+      <c r="H39" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I39" s="41" t="s">
+      <c r="I39" s="45" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="40" spans="1:9" s="10" customFormat="1" ht="28.2" customHeight="1">
-      <c r="A40" s="47" t="s">
+    <row r="40" spans="1:9" s="10" customFormat="1" ht="28.15" customHeight="1">
+      <c r="A40" s="61" t="s">
         <v>30</v>
       </c>
-      <c r="B40" s="47"/>
-[...6 lines deleted...]
-      <c r="I40" s="47"/>
+      <c r="B40" s="61"/>
+      <c r="C40" s="61"/>
+      <c r="D40" s="61"/>
+      <c r="E40" s="61"/>
+      <c r="F40" s="61"/>
+      <c r="G40" s="61"/>
+      <c r="H40" s="61"/>
+      <c r="I40" s="61"/>
     </row>
     <row r="41" spans="1:9" s="10" customFormat="1" ht="72" customHeight="1">
-      <c r="A41" s="53" t="s">
-[...9 lines deleted...]
-      <c r="I41" s="54"/>
+      <c r="A41" s="69" t="s">
+        <v>51</v>
+      </c>
+      <c r="B41" s="70"/>
+      <c r="C41" s="70"/>
+      <c r="D41" s="70"/>
+      <c r="E41" s="70"/>
+      <c r="F41" s="70"/>
+      <c r="G41" s="70"/>
+      <c r="H41" s="70"/>
+      <c r="I41" s="70"/>
     </row>
     <row r="42" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A42" s="52" t="s">
+      <c r="A42" s="67" t="s">
         <v>35</v>
       </c>
-      <c r="B42" s="52"/>
+      <c r="B42" s="67"/>
       <c r="C42" s="14"/>
-      <c r="D42" s="52" t="s">
+      <c r="D42" s="67" t="s">
         <v>41</v>
       </c>
-      <c r="E42" s="52"/>
+      <c r="E42" s="67"/>
       <c r="F42" s="14"/>
-      <c r="G42" s="52" t="s">
+      <c r="G42" s="67" t="s">
         <v>43</v>
       </c>
-      <c r="H42" s="52"/>
-      <c r="I42" s="52"/>
+      <c r="H42" s="67"/>
+      <c r="I42" s="67"/>
     </row>
     <row r="43" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A43" s="51" t="s">
+      <c r="A43" s="68" t="s">
         <v>36</v>
       </c>
-      <c r="B43" s="51"/>
+      <c r="B43" s="68"/>
       <c r="C43" s="14"/>
       <c r="D43" s="20" t="s">
         <v>42</v>
       </c>
       <c r="E43" s="16"/>
       <c r="F43" s="14"/>
-      <c r="G43" s="51" t="s">
+      <c r="G43" s="68" t="s">
         <v>44</v>
       </c>
-      <c r="H43" s="51"/>
-      <c r="I43" s="51"/>
+      <c r="H43" s="68"/>
+      <c r="I43" s="68"/>
     </row>
     <row r="44" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A44" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B44" s="16"/>
       <c r="C44" s="14"/>
       <c r="D44" s="16" t="s">
         <v>37</v>
       </c>
       <c r="E44" s="16"/>
       <c r="F44" s="14"/>
       <c r="G44" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="H44" s="55"/>
-      <c r="I44" s="55"/>
+      <c r="H44" s="65"/>
+      <c r="I44" s="65"/>
     </row>
     <row r="45" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A45" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B45" s="16"/>
       <c r="C45" s="14"/>
       <c r="D45" s="16" t="s">
         <v>38</v>
       </c>
       <c r="E45" s="16"/>
       <c r="F45" s="14"/>
       <c r="G45" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="H45" s="55"/>
-      <c r="I45" s="55"/>
+      <c r="H45" s="65"/>
+      <c r="I45" s="65"/>
     </row>
     <row r="46" spans="1:9" s="10" customFormat="1" ht="48.75" customHeight="1">
-      <c r="A46" s="50" t="s">
+      <c r="A46" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="B46" s="50"/>
+      <c r="B46" s="66"/>
       <c r="C46" s="14"/>
-      <c r="D46" s="50" t="s">
+      <c r="D46" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="E46" s="50"/>
+      <c r="E46" s="66"/>
       <c r="F46" s="14"/>
-      <c r="G46" s="50" t="s">
+      <c r="G46" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="H46" s="50"/>
-      <c r="I46" s="50"/>
+      <c r="H46" s="66"/>
+      <c r="I46" s="66"/>
     </row>
     <row r="47" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A47" s="14"/>
       <c r="B47" s="14"/>
       <c r="C47" s="14"/>
       <c r="D47" s="14"/>
       <c r="E47" s="14"/>
       <c r="F47" s="14"/>
       <c r="G47" s="14"/>
       <c r="H47" s="14"/>
       <c r="I47" s="14"/>
     </row>
     <row r="48" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A48" s="51" t="s">
+      <c r="A48" s="68" t="s">
         <v>40</v>
       </c>
-      <c r="B48" s="51"/>
+      <c r="B48" s="68"/>
       <c r="C48" s="14"/>
       <c r="D48" s="20" t="s">
         <v>42</v>
       </c>
       <c r="E48" s="16"/>
       <c r="F48" s="14"/>
       <c r="G48" s="20" t="s">
         <v>42</v>
       </c>
       <c r="H48" s="16"/>
       <c r="I48" s="16"/>
     </row>
     <row r="49" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A49" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B49" s="16"/>
       <c r="C49" s="14"/>
       <c r="D49" s="16" t="s">
         <v>37</v>
       </c>
       <c r="E49" s="16"/>
       <c r="F49" s="14"/>
       <c r="G49" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H49" s="16"/>
       <c r="I49" s="16"/>
     </row>
     <row r="50" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A50" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B50" s="16"/>
       <c r="C50" s="14"/>
       <c r="D50" s="16" t="s">
         <v>38</v>
       </c>
       <c r="E50" s="16"/>
       <c r="F50" s="14"/>
       <c r="G50" s="16" t="s">
         <v>38</v>
       </c>
       <c r="H50" s="16"/>
       <c r="I50" s="16"/>
     </row>
     <row r="51" spans="1:9" s="10" customFormat="1" ht="48.75" customHeight="1">
-      <c r="A51" s="50" t="s">
+      <c r="A51" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="B51" s="50"/>
+      <c r="B51" s="66"/>
       <c r="C51" s="14"/>
-      <c r="D51" s="50" t="s">
+      <c r="D51" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="E51" s="50"/>
+      <c r="E51" s="66"/>
       <c r="F51" s="14"/>
-      <c r="G51" s="50" t="s">
+      <c r="G51" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="H51" s="50"/>
-      <c r="I51" s="50"/>
+      <c r="H51" s="66"/>
+      <c r="I51" s="66"/>
     </row>
     <row r="52" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A52" s="14"/>
       <c r="B52" s="14"/>
       <c r="C52" s="14"/>
       <c r="D52" s="14"/>
       <c r="E52" s="14"/>
       <c r="F52" s="14"/>
       <c r="G52" s="14"/>
       <c r="H52" s="14"/>
       <c r="I52" s="14"/>
     </row>
     <row r="53" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A53" s="14"/>
       <c r="B53" s="14"/>
       <c r="C53" s="14"/>
       <c r="D53" s="20" t="s">
         <v>42</v>
       </c>
       <c r="E53" s="16"/>
       <c r="F53" s="14"/>
       <c r="G53" s="20" t="s">
         <v>42</v>
       </c>
       <c r="H53" s="16"/>
@@ -2431,836 +2353,836 @@
       <c r="G54" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H54" s="16"/>
       <c r="I54" s="16"/>
     </row>
     <row r="55" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A55" s="14"/>
       <c r="B55" s="14"/>
       <c r="C55" s="14"/>
       <c r="D55" s="16" t="s">
         <v>38</v>
       </c>
       <c r="E55" s="16"/>
       <c r="F55" s="14"/>
       <c r="G55" s="16" t="s">
         <v>38</v>
       </c>
       <c r="H55" s="16"/>
       <c r="I55" s="16"/>
     </row>
     <row r="56" spans="1:9" s="10" customFormat="1" ht="48.75" customHeight="1">
       <c r="A56" s="14"/>
       <c r="B56" s="14"/>
       <c r="C56" s="14"/>
-      <c r="D56" s="50" t="s">
+      <c r="D56" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="E56" s="50"/>
+      <c r="E56" s="66"/>
       <c r="F56" s="14"/>
-      <c r="G56" s="50" t="s">
+      <c r="G56" s="66" t="s">
         <v>39</v>
       </c>
-      <c r="H56" s="50"/>
-      <c r="I56" s="50"/>
+      <c r="H56" s="66"/>
+      <c r="I56" s="66"/>
     </row>
     <row r="57" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A57" s="14"/>
       <c r="B57" s="14"/>
       <c r="C57" s="14"/>
       <c r="D57" s="14"/>
       <c r="E57" s="14"/>
       <c r="F57" s="14"/>
       <c r="G57" s="14"/>
       <c r="H57" s="14"/>
       <c r="I57" s="14"/>
     </row>
     <row r="58" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B58" s="14"/>
       <c r="C58" s="14"/>
       <c r="D58" s="14"/>
       <c r="E58" s="14"/>
       <c r="F58" s="14"/>
       <c r="G58" s="14"/>
       <c r="H58" s="14"/>
       <c r="I58" s="14"/>
     </row>
     <row r="59" spans="1:9" s="10" customFormat="1" ht="18.75" customHeight="1">
       <c r="A59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B59" s="14"/>
       <c r="C59" s="14"/>
       <c r="D59" s="14"/>
       <c r="E59" s="14"/>
       <c r="F59" s="14"/>
       <c r="G59" s="14"/>
       <c r="H59" s="14"/>
       <c r="I59" s="14"/>
     </row>
-    <row r="60" spans="1:9" s="10" customFormat="1" ht="13"/>
+    <row r="60" spans="1:9" s="10" customFormat="1" ht="13.5"/>
   </sheetData>
   <mergeCells count="62">
-    <mergeCell ref="A1:I1"/>
-[...5 lines deleted...]
-    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="A35:G35"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="A30:G30"/>
+    <mergeCell ref="A31:G31"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="G56:I56"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="D51:E51"/>
+    <mergeCell ref="D56:E56"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="G51:I51"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A29:G29"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="G46:I46"/>
+    <mergeCell ref="G42:I42"/>
+    <mergeCell ref="G43:I43"/>
+    <mergeCell ref="A22:G22"/>
+    <mergeCell ref="A23:G23"/>
+    <mergeCell ref="A21:G21"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A24:G24"/>
+    <mergeCell ref="A25:G25"/>
+    <mergeCell ref="A26:G26"/>
     <mergeCell ref="A27:G27"/>
     <mergeCell ref="A28:G28"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="G11:I11"/>
     <mergeCell ref="G13:I13"/>
     <mergeCell ref="G14:I14"/>
     <mergeCell ref="G5:I5"/>
     <mergeCell ref="F7:I7"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="G8:I8"/>
-    <mergeCell ref="A19:I19"/>
-[...37 lines deleted...]
-    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="G9:I9"/>
+    <mergeCell ref="G10:I10"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A7:D7"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="48" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECE7CC78-A288-40B0-ADC6-174F8B0FA38E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:DN399"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7:H7"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="25.47265625" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="25.5" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="54" style="3" customWidth="1"/>
-    <col min="4" max="4" width="11.89453125" style="3" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="8.89453125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="11.875" style="3" customWidth="1"/>
+    <col min="5" max="5" width="14.25" style="3" customWidth="1"/>
+    <col min="6" max="6" width="11.875" style="3" customWidth="1"/>
+    <col min="7" max="7" width="40.625" style="3" customWidth="1"/>
+    <col min="8" max="8" width="31.75" style="3" customWidth="1"/>
+    <col min="9" max="9" width="8.875" style="5" customWidth="1"/>
     <col min="10" max="118" width="9" style="5"/>
     <col min="119" max="255" width="9" style="3"/>
-    <col min="256" max="256" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="262" max="262" width="17.3671875" style="3" customWidth="1"/>
+    <col min="256" max="256" width="38.625" style="3" customWidth="1"/>
+    <col min="257" max="257" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="258" max="258" width="6.5" style="3" customWidth="1"/>
+    <col min="259" max="259" width="11.5" style="3" customWidth="1"/>
+    <col min="260" max="260" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="261" max="261" width="19.875" style="3" customWidth="1"/>
+    <col min="262" max="262" width="17.375" style="3" customWidth="1"/>
     <col min="263" max="263" width="10" style="3" customWidth="1"/>
-    <col min="264" max="264" width="8.89453125" style="3" customWidth="1"/>
+    <col min="264" max="264" width="8.875" style="3" customWidth="1"/>
     <col min="265" max="511" width="9" style="3"/>
-    <col min="512" max="512" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="518" max="518" width="17.3671875" style="3" customWidth="1"/>
+    <col min="512" max="512" width="38.625" style="3" customWidth="1"/>
+    <col min="513" max="513" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="514" max="514" width="6.5" style="3" customWidth="1"/>
+    <col min="515" max="515" width="11.5" style="3" customWidth="1"/>
+    <col min="516" max="516" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="517" max="517" width="19.875" style="3" customWidth="1"/>
+    <col min="518" max="518" width="17.375" style="3" customWidth="1"/>
     <col min="519" max="519" width="10" style="3" customWidth="1"/>
-    <col min="520" max="520" width="8.89453125" style="3" customWidth="1"/>
+    <col min="520" max="520" width="8.875" style="3" customWidth="1"/>
     <col min="521" max="767" width="9" style="3"/>
-    <col min="768" max="768" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="774" max="774" width="17.3671875" style="3" customWidth="1"/>
+    <col min="768" max="768" width="38.625" style="3" customWidth="1"/>
+    <col min="769" max="769" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="770" max="770" width="6.5" style="3" customWidth="1"/>
+    <col min="771" max="771" width="11.5" style="3" customWidth="1"/>
+    <col min="772" max="772" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="773" max="773" width="19.875" style="3" customWidth="1"/>
+    <col min="774" max="774" width="17.375" style="3" customWidth="1"/>
     <col min="775" max="775" width="10" style="3" customWidth="1"/>
-    <col min="776" max="776" width="8.89453125" style="3" customWidth="1"/>
+    <col min="776" max="776" width="8.875" style="3" customWidth="1"/>
     <col min="777" max="1023" width="9" style="3"/>
-    <col min="1024" max="1024" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1030" max="1030" width="17.3671875" style="3" customWidth="1"/>
+    <col min="1024" max="1024" width="38.625" style="3" customWidth="1"/>
+    <col min="1025" max="1025" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1026" max="1026" width="6.5" style="3" customWidth="1"/>
+    <col min="1027" max="1027" width="11.5" style="3" customWidth="1"/>
+    <col min="1028" max="1028" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="1029" max="1029" width="19.875" style="3" customWidth="1"/>
+    <col min="1030" max="1030" width="17.375" style="3" customWidth="1"/>
     <col min="1031" max="1031" width="10" style="3" customWidth="1"/>
-    <col min="1032" max="1032" width="8.89453125" style="3" customWidth="1"/>
+    <col min="1032" max="1032" width="8.875" style="3" customWidth="1"/>
     <col min="1033" max="1279" width="9" style="3"/>
-    <col min="1280" max="1280" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1286" max="1286" width="17.3671875" style="3" customWidth="1"/>
+    <col min="1280" max="1280" width="38.625" style="3" customWidth="1"/>
+    <col min="1281" max="1281" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1282" max="1282" width="6.5" style="3" customWidth="1"/>
+    <col min="1283" max="1283" width="11.5" style="3" customWidth="1"/>
+    <col min="1284" max="1284" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="1285" max="1285" width="19.875" style="3" customWidth="1"/>
+    <col min="1286" max="1286" width="17.375" style="3" customWidth="1"/>
     <col min="1287" max="1287" width="10" style="3" customWidth="1"/>
-    <col min="1288" max="1288" width="8.89453125" style="3" customWidth="1"/>
+    <col min="1288" max="1288" width="8.875" style="3" customWidth="1"/>
     <col min="1289" max="1535" width="9" style="3"/>
-    <col min="1536" max="1536" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1542" max="1542" width="17.3671875" style="3" customWidth="1"/>
+    <col min="1536" max="1536" width="38.625" style="3" customWidth="1"/>
+    <col min="1537" max="1537" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1538" max="1538" width="6.5" style="3" customWidth="1"/>
+    <col min="1539" max="1539" width="11.5" style="3" customWidth="1"/>
+    <col min="1540" max="1540" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="1541" max="1541" width="19.875" style="3" customWidth="1"/>
+    <col min="1542" max="1542" width="17.375" style="3" customWidth="1"/>
     <col min="1543" max="1543" width="10" style="3" customWidth="1"/>
-    <col min="1544" max="1544" width="8.89453125" style="3" customWidth="1"/>
+    <col min="1544" max="1544" width="8.875" style="3" customWidth="1"/>
     <col min="1545" max="1791" width="9" style="3"/>
-    <col min="1792" max="1792" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1798" max="1798" width="17.3671875" style="3" customWidth="1"/>
+    <col min="1792" max="1792" width="38.625" style="3" customWidth="1"/>
+    <col min="1793" max="1793" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1794" max="1794" width="6.5" style="3" customWidth="1"/>
+    <col min="1795" max="1795" width="11.5" style="3" customWidth="1"/>
+    <col min="1796" max="1796" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="1797" max="1797" width="19.875" style="3" customWidth="1"/>
+    <col min="1798" max="1798" width="17.375" style="3" customWidth="1"/>
     <col min="1799" max="1799" width="10" style="3" customWidth="1"/>
-    <col min="1800" max="1800" width="8.89453125" style="3" customWidth="1"/>
+    <col min="1800" max="1800" width="8.875" style="3" customWidth="1"/>
     <col min="1801" max="2047" width="9" style="3"/>
-    <col min="2048" max="2048" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2054" max="2054" width="17.3671875" style="3" customWidth="1"/>
+    <col min="2048" max="2048" width="38.625" style="3" customWidth="1"/>
+    <col min="2049" max="2049" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2050" max="2050" width="6.5" style="3" customWidth="1"/>
+    <col min="2051" max="2051" width="11.5" style="3" customWidth="1"/>
+    <col min="2052" max="2052" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="2053" max="2053" width="19.875" style="3" customWidth="1"/>
+    <col min="2054" max="2054" width="17.375" style="3" customWidth="1"/>
     <col min="2055" max="2055" width="10" style="3" customWidth="1"/>
-    <col min="2056" max="2056" width="8.89453125" style="3" customWidth="1"/>
+    <col min="2056" max="2056" width="8.875" style="3" customWidth="1"/>
     <col min="2057" max="2303" width="9" style="3"/>
-    <col min="2304" max="2304" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2310" max="2310" width="17.3671875" style="3" customWidth="1"/>
+    <col min="2304" max="2304" width="38.625" style="3" customWidth="1"/>
+    <col min="2305" max="2305" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2306" max="2306" width="6.5" style="3" customWidth="1"/>
+    <col min="2307" max="2307" width="11.5" style="3" customWidth="1"/>
+    <col min="2308" max="2308" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="2309" max="2309" width="19.875" style="3" customWidth="1"/>
+    <col min="2310" max="2310" width="17.375" style="3" customWidth="1"/>
     <col min="2311" max="2311" width="10" style="3" customWidth="1"/>
-    <col min="2312" max="2312" width="8.89453125" style="3" customWidth="1"/>
+    <col min="2312" max="2312" width="8.875" style="3" customWidth="1"/>
     <col min="2313" max="2559" width="9" style="3"/>
-    <col min="2560" max="2560" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2566" max="2566" width="17.3671875" style="3" customWidth="1"/>
+    <col min="2560" max="2560" width="38.625" style="3" customWidth="1"/>
+    <col min="2561" max="2561" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2562" max="2562" width="6.5" style="3" customWidth="1"/>
+    <col min="2563" max="2563" width="11.5" style="3" customWidth="1"/>
+    <col min="2564" max="2564" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="2565" max="2565" width="19.875" style="3" customWidth="1"/>
+    <col min="2566" max="2566" width="17.375" style="3" customWidth="1"/>
     <col min="2567" max="2567" width="10" style="3" customWidth="1"/>
-    <col min="2568" max="2568" width="8.89453125" style="3" customWidth="1"/>
+    <col min="2568" max="2568" width="8.875" style="3" customWidth="1"/>
     <col min="2569" max="2815" width="9" style="3"/>
-    <col min="2816" max="2816" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2822" max="2822" width="17.3671875" style="3" customWidth="1"/>
+    <col min="2816" max="2816" width="38.625" style="3" customWidth="1"/>
+    <col min="2817" max="2817" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2818" max="2818" width="6.5" style="3" customWidth="1"/>
+    <col min="2819" max="2819" width="11.5" style="3" customWidth="1"/>
+    <col min="2820" max="2820" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="2821" max="2821" width="19.875" style="3" customWidth="1"/>
+    <col min="2822" max="2822" width="17.375" style="3" customWidth="1"/>
     <col min="2823" max="2823" width="10" style="3" customWidth="1"/>
-    <col min="2824" max="2824" width="8.89453125" style="3" customWidth="1"/>
+    <col min="2824" max="2824" width="8.875" style="3" customWidth="1"/>
     <col min="2825" max="3071" width="9" style="3"/>
-    <col min="3072" max="3072" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3078" max="3078" width="17.3671875" style="3" customWidth="1"/>
+    <col min="3072" max="3072" width="38.625" style="3" customWidth="1"/>
+    <col min="3073" max="3073" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3074" max="3074" width="6.5" style="3" customWidth="1"/>
+    <col min="3075" max="3075" width="11.5" style="3" customWidth="1"/>
+    <col min="3076" max="3076" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="3077" max="3077" width="19.875" style="3" customWidth="1"/>
+    <col min="3078" max="3078" width="17.375" style="3" customWidth="1"/>
     <col min="3079" max="3079" width="10" style="3" customWidth="1"/>
-    <col min="3080" max="3080" width="8.89453125" style="3" customWidth="1"/>
+    <col min="3080" max="3080" width="8.875" style="3" customWidth="1"/>
     <col min="3081" max="3327" width="9" style="3"/>
-    <col min="3328" max="3328" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3334" max="3334" width="17.3671875" style="3" customWidth="1"/>
+    <col min="3328" max="3328" width="38.625" style="3" customWidth="1"/>
+    <col min="3329" max="3329" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3330" max="3330" width="6.5" style="3" customWidth="1"/>
+    <col min="3331" max="3331" width="11.5" style="3" customWidth="1"/>
+    <col min="3332" max="3332" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="3333" max="3333" width="19.875" style="3" customWidth="1"/>
+    <col min="3334" max="3334" width="17.375" style="3" customWidth="1"/>
     <col min="3335" max="3335" width="10" style="3" customWidth="1"/>
-    <col min="3336" max="3336" width="8.89453125" style="3" customWidth="1"/>
+    <col min="3336" max="3336" width="8.875" style="3" customWidth="1"/>
     <col min="3337" max="3583" width="9" style="3"/>
-    <col min="3584" max="3584" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3590" max="3590" width="17.3671875" style="3" customWidth="1"/>
+    <col min="3584" max="3584" width="38.625" style="3" customWidth="1"/>
+    <col min="3585" max="3585" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3586" max="3586" width="6.5" style="3" customWidth="1"/>
+    <col min="3587" max="3587" width="11.5" style="3" customWidth="1"/>
+    <col min="3588" max="3588" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="3589" max="3589" width="19.875" style="3" customWidth="1"/>
+    <col min="3590" max="3590" width="17.375" style="3" customWidth="1"/>
     <col min="3591" max="3591" width="10" style="3" customWidth="1"/>
-    <col min="3592" max="3592" width="8.89453125" style="3" customWidth="1"/>
+    <col min="3592" max="3592" width="8.875" style="3" customWidth="1"/>
     <col min="3593" max="3839" width="9" style="3"/>
-    <col min="3840" max="3840" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3846" max="3846" width="17.3671875" style="3" customWidth="1"/>
+    <col min="3840" max="3840" width="38.625" style="3" customWidth="1"/>
+    <col min="3841" max="3841" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="3842" max="3842" width="6.5" style="3" customWidth="1"/>
+    <col min="3843" max="3843" width="11.5" style="3" customWidth="1"/>
+    <col min="3844" max="3844" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="3845" max="3845" width="19.875" style="3" customWidth="1"/>
+    <col min="3846" max="3846" width="17.375" style="3" customWidth="1"/>
     <col min="3847" max="3847" width="10" style="3" customWidth="1"/>
-    <col min="3848" max="3848" width="8.89453125" style="3" customWidth="1"/>
+    <col min="3848" max="3848" width="8.875" style="3" customWidth="1"/>
     <col min="3849" max="4095" width="9" style="3"/>
-    <col min="4096" max="4096" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4102" max="4102" width="17.3671875" style="3" customWidth="1"/>
+    <col min="4096" max="4096" width="38.625" style="3" customWidth="1"/>
+    <col min="4097" max="4097" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4098" max="4098" width="6.5" style="3" customWidth="1"/>
+    <col min="4099" max="4099" width="11.5" style="3" customWidth="1"/>
+    <col min="4100" max="4100" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="4101" max="4101" width="19.875" style="3" customWidth="1"/>
+    <col min="4102" max="4102" width="17.375" style="3" customWidth="1"/>
     <col min="4103" max="4103" width="10" style="3" customWidth="1"/>
-    <col min="4104" max="4104" width="8.89453125" style="3" customWidth="1"/>
+    <col min="4104" max="4104" width="8.875" style="3" customWidth="1"/>
     <col min="4105" max="4351" width="9" style="3"/>
-    <col min="4352" max="4352" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4358" max="4358" width="17.3671875" style="3" customWidth="1"/>
+    <col min="4352" max="4352" width="38.625" style="3" customWidth="1"/>
+    <col min="4353" max="4353" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4354" max="4354" width="6.5" style="3" customWidth="1"/>
+    <col min="4355" max="4355" width="11.5" style="3" customWidth="1"/>
+    <col min="4356" max="4356" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="4357" max="4357" width="19.875" style="3" customWidth="1"/>
+    <col min="4358" max="4358" width="17.375" style="3" customWidth="1"/>
     <col min="4359" max="4359" width="10" style="3" customWidth="1"/>
-    <col min="4360" max="4360" width="8.89453125" style="3" customWidth="1"/>
+    <col min="4360" max="4360" width="8.875" style="3" customWidth="1"/>
     <col min="4361" max="4607" width="9" style="3"/>
-    <col min="4608" max="4608" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4614" max="4614" width="17.3671875" style="3" customWidth="1"/>
+    <col min="4608" max="4608" width="38.625" style="3" customWidth="1"/>
+    <col min="4609" max="4609" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4610" max="4610" width="6.5" style="3" customWidth="1"/>
+    <col min="4611" max="4611" width="11.5" style="3" customWidth="1"/>
+    <col min="4612" max="4612" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="4613" max="4613" width="19.875" style="3" customWidth="1"/>
+    <col min="4614" max="4614" width="17.375" style="3" customWidth="1"/>
     <col min="4615" max="4615" width="10" style="3" customWidth="1"/>
-    <col min="4616" max="4616" width="8.89453125" style="3" customWidth="1"/>
+    <col min="4616" max="4616" width="8.875" style="3" customWidth="1"/>
     <col min="4617" max="4863" width="9" style="3"/>
-    <col min="4864" max="4864" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4870" max="4870" width="17.3671875" style="3" customWidth="1"/>
+    <col min="4864" max="4864" width="38.625" style="3" customWidth="1"/>
+    <col min="4865" max="4865" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4866" max="4866" width="6.5" style="3" customWidth="1"/>
+    <col min="4867" max="4867" width="11.5" style="3" customWidth="1"/>
+    <col min="4868" max="4868" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="4869" max="4869" width="19.875" style="3" customWidth="1"/>
+    <col min="4870" max="4870" width="17.375" style="3" customWidth="1"/>
     <col min="4871" max="4871" width="10" style="3" customWidth="1"/>
-    <col min="4872" max="4872" width="8.89453125" style="3" customWidth="1"/>
+    <col min="4872" max="4872" width="8.875" style="3" customWidth="1"/>
     <col min="4873" max="5119" width="9" style="3"/>
-    <col min="5120" max="5120" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5126" max="5126" width="17.3671875" style="3" customWidth="1"/>
+    <col min="5120" max="5120" width="38.625" style="3" customWidth="1"/>
+    <col min="5121" max="5121" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5122" max="5122" width="6.5" style="3" customWidth="1"/>
+    <col min="5123" max="5123" width="11.5" style="3" customWidth="1"/>
+    <col min="5124" max="5124" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5125" max="5125" width="19.875" style="3" customWidth="1"/>
+    <col min="5126" max="5126" width="17.375" style="3" customWidth="1"/>
     <col min="5127" max="5127" width="10" style="3" customWidth="1"/>
-    <col min="5128" max="5128" width="8.89453125" style="3" customWidth="1"/>
+    <col min="5128" max="5128" width="8.875" style="3" customWidth="1"/>
     <col min="5129" max="5375" width="9" style="3"/>
-    <col min="5376" max="5376" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5382" max="5382" width="17.3671875" style="3" customWidth="1"/>
+    <col min="5376" max="5376" width="38.625" style="3" customWidth="1"/>
+    <col min="5377" max="5377" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5378" max="5378" width="6.5" style="3" customWidth="1"/>
+    <col min="5379" max="5379" width="11.5" style="3" customWidth="1"/>
+    <col min="5380" max="5380" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5381" max="5381" width="19.875" style="3" customWidth="1"/>
+    <col min="5382" max="5382" width="17.375" style="3" customWidth="1"/>
     <col min="5383" max="5383" width="10" style="3" customWidth="1"/>
-    <col min="5384" max="5384" width="8.89453125" style="3" customWidth="1"/>
+    <col min="5384" max="5384" width="8.875" style="3" customWidth="1"/>
     <col min="5385" max="5631" width="9" style="3"/>
-    <col min="5632" max="5632" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5638" max="5638" width="17.3671875" style="3" customWidth="1"/>
+    <col min="5632" max="5632" width="38.625" style="3" customWidth="1"/>
+    <col min="5633" max="5633" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5634" max="5634" width="6.5" style="3" customWidth="1"/>
+    <col min="5635" max="5635" width="11.5" style="3" customWidth="1"/>
+    <col min="5636" max="5636" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5637" max="5637" width="19.875" style="3" customWidth="1"/>
+    <col min="5638" max="5638" width="17.375" style="3" customWidth="1"/>
     <col min="5639" max="5639" width="10" style="3" customWidth="1"/>
-    <col min="5640" max="5640" width="8.89453125" style="3" customWidth="1"/>
+    <col min="5640" max="5640" width="8.875" style="3" customWidth="1"/>
     <col min="5641" max="5887" width="9" style="3"/>
-    <col min="5888" max="5888" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5894" max="5894" width="17.3671875" style="3" customWidth="1"/>
+    <col min="5888" max="5888" width="38.625" style="3" customWidth="1"/>
+    <col min="5889" max="5889" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5890" max="5890" width="6.5" style="3" customWidth="1"/>
+    <col min="5891" max="5891" width="11.5" style="3" customWidth="1"/>
+    <col min="5892" max="5892" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5893" max="5893" width="19.875" style="3" customWidth="1"/>
+    <col min="5894" max="5894" width="17.375" style="3" customWidth="1"/>
     <col min="5895" max="5895" width="10" style="3" customWidth="1"/>
-    <col min="5896" max="5896" width="8.89453125" style="3" customWidth="1"/>
+    <col min="5896" max="5896" width="8.875" style="3" customWidth="1"/>
     <col min="5897" max="6143" width="9" style="3"/>
-    <col min="6144" max="6144" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6150" max="6150" width="17.3671875" style="3" customWidth="1"/>
+    <col min="6144" max="6144" width="38.625" style="3" customWidth="1"/>
+    <col min="6145" max="6145" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6146" max="6146" width="6.5" style="3" customWidth="1"/>
+    <col min="6147" max="6147" width="11.5" style="3" customWidth="1"/>
+    <col min="6148" max="6148" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="6149" max="6149" width="19.875" style="3" customWidth="1"/>
+    <col min="6150" max="6150" width="17.375" style="3" customWidth="1"/>
     <col min="6151" max="6151" width="10" style="3" customWidth="1"/>
-    <col min="6152" max="6152" width="8.89453125" style="3" customWidth="1"/>
+    <col min="6152" max="6152" width="8.875" style="3" customWidth="1"/>
     <col min="6153" max="6399" width="9" style="3"/>
-    <col min="6400" max="6400" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6406" max="6406" width="17.3671875" style="3" customWidth="1"/>
+    <col min="6400" max="6400" width="38.625" style="3" customWidth="1"/>
+    <col min="6401" max="6401" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6402" max="6402" width="6.5" style="3" customWidth="1"/>
+    <col min="6403" max="6403" width="11.5" style="3" customWidth="1"/>
+    <col min="6404" max="6404" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="6405" max="6405" width="19.875" style="3" customWidth="1"/>
+    <col min="6406" max="6406" width="17.375" style="3" customWidth="1"/>
     <col min="6407" max="6407" width="10" style="3" customWidth="1"/>
-    <col min="6408" max="6408" width="8.89453125" style="3" customWidth="1"/>
+    <col min="6408" max="6408" width="8.875" style="3" customWidth="1"/>
     <col min="6409" max="6655" width="9" style="3"/>
-    <col min="6656" max="6656" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6662" max="6662" width="17.3671875" style="3" customWidth="1"/>
+    <col min="6656" max="6656" width="38.625" style="3" customWidth="1"/>
+    <col min="6657" max="6657" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6658" max="6658" width="6.5" style="3" customWidth="1"/>
+    <col min="6659" max="6659" width="11.5" style="3" customWidth="1"/>
+    <col min="6660" max="6660" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="6661" max="6661" width="19.875" style="3" customWidth="1"/>
+    <col min="6662" max="6662" width="17.375" style="3" customWidth="1"/>
     <col min="6663" max="6663" width="10" style="3" customWidth="1"/>
-    <col min="6664" max="6664" width="8.89453125" style="3" customWidth="1"/>
+    <col min="6664" max="6664" width="8.875" style="3" customWidth="1"/>
     <col min="6665" max="6911" width="9" style="3"/>
-    <col min="6912" max="6912" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6918" max="6918" width="17.3671875" style="3" customWidth="1"/>
+    <col min="6912" max="6912" width="38.625" style="3" customWidth="1"/>
+    <col min="6913" max="6913" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="6914" max="6914" width="6.5" style="3" customWidth="1"/>
+    <col min="6915" max="6915" width="11.5" style="3" customWidth="1"/>
+    <col min="6916" max="6916" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="6917" max="6917" width="19.875" style="3" customWidth="1"/>
+    <col min="6918" max="6918" width="17.375" style="3" customWidth="1"/>
     <col min="6919" max="6919" width="10" style="3" customWidth="1"/>
-    <col min="6920" max="6920" width="8.89453125" style="3" customWidth="1"/>
+    <col min="6920" max="6920" width="8.875" style="3" customWidth="1"/>
     <col min="6921" max="7167" width="9" style="3"/>
-    <col min="7168" max="7168" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7174" max="7174" width="17.3671875" style="3" customWidth="1"/>
+    <col min="7168" max="7168" width="38.625" style="3" customWidth="1"/>
+    <col min="7169" max="7169" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7170" max="7170" width="6.5" style="3" customWidth="1"/>
+    <col min="7171" max="7171" width="11.5" style="3" customWidth="1"/>
+    <col min="7172" max="7172" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7173" max="7173" width="19.875" style="3" customWidth="1"/>
+    <col min="7174" max="7174" width="17.375" style="3" customWidth="1"/>
     <col min="7175" max="7175" width="10" style="3" customWidth="1"/>
-    <col min="7176" max="7176" width="8.89453125" style="3" customWidth="1"/>
+    <col min="7176" max="7176" width="8.875" style="3" customWidth="1"/>
     <col min="7177" max="7423" width="9" style="3"/>
-    <col min="7424" max="7424" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7430" max="7430" width="17.3671875" style="3" customWidth="1"/>
+    <col min="7424" max="7424" width="38.625" style="3" customWidth="1"/>
+    <col min="7425" max="7425" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7426" max="7426" width="6.5" style="3" customWidth="1"/>
+    <col min="7427" max="7427" width="11.5" style="3" customWidth="1"/>
+    <col min="7428" max="7428" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7429" max="7429" width="19.875" style="3" customWidth="1"/>
+    <col min="7430" max="7430" width="17.375" style="3" customWidth="1"/>
     <col min="7431" max="7431" width="10" style="3" customWidth="1"/>
-    <col min="7432" max="7432" width="8.89453125" style="3" customWidth="1"/>
+    <col min="7432" max="7432" width="8.875" style="3" customWidth="1"/>
     <col min="7433" max="7679" width="9" style="3"/>
-    <col min="7680" max="7680" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7686" max="7686" width="17.3671875" style="3" customWidth="1"/>
+    <col min="7680" max="7680" width="38.625" style="3" customWidth="1"/>
+    <col min="7681" max="7681" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7682" max="7682" width="6.5" style="3" customWidth="1"/>
+    <col min="7683" max="7683" width="11.5" style="3" customWidth="1"/>
+    <col min="7684" max="7684" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7685" max="7685" width="19.875" style="3" customWidth="1"/>
+    <col min="7686" max="7686" width="17.375" style="3" customWidth="1"/>
     <col min="7687" max="7687" width="10" style="3" customWidth="1"/>
-    <col min="7688" max="7688" width="8.89453125" style="3" customWidth="1"/>
+    <col min="7688" max="7688" width="8.875" style="3" customWidth="1"/>
     <col min="7689" max="7935" width="9" style="3"/>
-    <col min="7936" max="7936" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7942" max="7942" width="17.3671875" style="3" customWidth="1"/>
+    <col min="7936" max="7936" width="38.625" style="3" customWidth="1"/>
+    <col min="7937" max="7937" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7938" max="7938" width="6.5" style="3" customWidth="1"/>
+    <col min="7939" max="7939" width="11.5" style="3" customWidth="1"/>
+    <col min="7940" max="7940" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7941" max="7941" width="19.875" style="3" customWidth="1"/>
+    <col min="7942" max="7942" width="17.375" style="3" customWidth="1"/>
     <col min="7943" max="7943" width="10" style="3" customWidth="1"/>
-    <col min="7944" max="7944" width="8.89453125" style="3" customWidth="1"/>
+    <col min="7944" max="7944" width="8.875" style="3" customWidth="1"/>
     <col min="7945" max="8191" width="9" style="3"/>
-    <col min="8192" max="8192" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8198" max="8198" width="17.3671875" style="3" customWidth="1"/>
+    <col min="8192" max="8192" width="38.625" style="3" customWidth="1"/>
+    <col min="8193" max="8193" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8194" max="8194" width="6.5" style="3" customWidth="1"/>
+    <col min="8195" max="8195" width="11.5" style="3" customWidth="1"/>
+    <col min="8196" max="8196" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8197" max="8197" width="19.875" style="3" customWidth="1"/>
+    <col min="8198" max="8198" width="17.375" style="3" customWidth="1"/>
     <col min="8199" max="8199" width="10" style="3" customWidth="1"/>
-    <col min="8200" max="8200" width="8.89453125" style="3" customWidth="1"/>
+    <col min="8200" max="8200" width="8.875" style="3" customWidth="1"/>
     <col min="8201" max="8447" width="9" style="3"/>
-    <col min="8448" max="8448" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8454" max="8454" width="17.3671875" style="3" customWidth="1"/>
+    <col min="8448" max="8448" width="38.625" style="3" customWidth="1"/>
+    <col min="8449" max="8449" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8450" max="8450" width="6.5" style="3" customWidth="1"/>
+    <col min="8451" max="8451" width="11.5" style="3" customWidth="1"/>
+    <col min="8452" max="8452" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8453" max="8453" width="19.875" style="3" customWidth="1"/>
+    <col min="8454" max="8454" width="17.375" style="3" customWidth="1"/>
     <col min="8455" max="8455" width="10" style="3" customWidth="1"/>
-    <col min="8456" max="8456" width="8.89453125" style="3" customWidth="1"/>
+    <col min="8456" max="8456" width="8.875" style="3" customWidth="1"/>
     <col min="8457" max="8703" width="9" style="3"/>
-    <col min="8704" max="8704" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8710" max="8710" width="17.3671875" style="3" customWidth="1"/>
+    <col min="8704" max="8704" width="38.625" style="3" customWidth="1"/>
+    <col min="8705" max="8705" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8706" max="8706" width="6.5" style="3" customWidth="1"/>
+    <col min="8707" max="8707" width="11.5" style="3" customWidth="1"/>
+    <col min="8708" max="8708" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8709" max="8709" width="19.875" style="3" customWidth="1"/>
+    <col min="8710" max="8710" width="17.375" style="3" customWidth="1"/>
     <col min="8711" max="8711" width="10" style="3" customWidth="1"/>
-    <col min="8712" max="8712" width="8.89453125" style="3" customWidth="1"/>
+    <col min="8712" max="8712" width="8.875" style="3" customWidth="1"/>
     <col min="8713" max="8959" width="9" style="3"/>
-    <col min="8960" max="8960" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8966" max="8966" width="17.3671875" style="3" customWidth="1"/>
+    <col min="8960" max="8960" width="38.625" style="3" customWidth="1"/>
+    <col min="8961" max="8961" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="8962" max="8962" width="6.5" style="3" customWidth="1"/>
+    <col min="8963" max="8963" width="11.5" style="3" customWidth="1"/>
+    <col min="8964" max="8964" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="8965" max="8965" width="19.875" style="3" customWidth="1"/>
+    <col min="8966" max="8966" width="17.375" style="3" customWidth="1"/>
     <col min="8967" max="8967" width="10" style="3" customWidth="1"/>
-    <col min="8968" max="8968" width="8.89453125" style="3" customWidth="1"/>
+    <col min="8968" max="8968" width="8.875" style="3" customWidth="1"/>
     <col min="8969" max="9215" width="9" style="3"/>
-    <col min="9216" max="9216" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9222" max="9222" width="17.3671875" style="3" customWidth="1"/>
+    <col min="9216" max="9216" width="38.625" style="3" customWidth="1"/>
+    <col min="9217" max="9217" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9218" max="9218" width="6.5" style="3" customWidth="1"/>
+    <col min="9219" max="9219" width="11.5" style="3" customWidth="1"/>
+    <col min="9220" max="9220" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="9221" max="9221" width="19.875" style="3" customWidth="1"/>
+    <col min="9222" max="9222" width="17.375" style="3" customWidth="1"/>
     <col min="9223" max="9223" width="10" style="3" customWidth="1"/>
-    <col min="9224" max="9224" width="8.89453125" style="3" customWidth="1"/>
+    <col min="9224" max="9224" width="8.875" style="3" customWidth="1"/>
     <col min="9225" max="9471" width="9" style="3"/>
-    <col min="9472" max="9472" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9478" max="9478" width="17.3671875" style="3" customWidth="1"/>
+    <col min="9472" max="9472" width="38.625" style="3" customWidth="1"/>
+    <col min="9473" max="9473" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9474" max="9474" width="6.5" style="3" customWidth="1"/>
+    <col min="9475" max="9475" width="11.5" style="3" customWidth="1"/>
+    <col min="9476" max="9476" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="9477" max="9477" width="19.875" style="3" customWidth="1"/>
+    <col min="9478" max="9478" width="17.375" style="3" customWidth="1"/>
     <col min="9479" max="9479" width="10" style="3" customWidth="1"/>
-    <col min="9480" max="9480" width="8.89453125" style="3" customWidth="1"/>
+    <col min="9480" max="9480" width="8.875" style="3" customWidth="1"/>
     <col min="9481" max="9727" width="9" style="3"/>
-    <col min="9728" max="9728" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9734" max="9734" width="17.3671875" style="3" customWidth="1"/>
+    <col min="9728" max="9728" width="38.625" style="3" customWidth="1"/>
+    <col min="9729" max="9729" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9730" max="9730" width="6.5" style="3" customWidth="1"/>
+    <col min="9731" max="9731" width="11.5" style="3" customWidth="1"/>
+    <col min="9732" max="9732" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="9733" max="9733" width="19.875" style="3" customWidth="1"/>
+    <col min="9734" max="9734" width="17.375" style="3" customWidth="1"/>
     <col min="9735" max="9735" width="10" style="3" customWidth="1"/>
-    <col min="9736" max="9736" width="8.89453125" style="3" customWidth="1"/>
+    <col min="9736" max="9736" width="8.875" style="3" customWidth="1"/>
     <col min="9737" max="9983" width="9" style="3"/>
-    <col min="9984" max="9984" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9990" max="9990" width="17.3671875" style="3" customWidth="1"/>
+    <col min="9984" max="9984" width="38.625" style="3" customWidth="1"/>
+    <col min="9985" max="9985" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="9986" max="9986" width="6.5" style="3" customWidth="1"/>
+    <col min="9987" max="9987" width="11.5" style="3" customWidth="1"/>
+    <col min="9988" max="9988" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="9989" max="9989" width="19.875" style="3" customWidth="1"/>
+    <col min="9990" max="9990" width="17.375" style="3" customWidth="1"/>
     <col min="9991" max="9991" width="10" style="3" customWidth="1"/>
-    <col min="9992" max="9992" width="8.89453125" style="3" customWidth="1"/>
+    <col min="9992" max="9992" width="8.875" style="3" customWidth="1"/>
     <col min="9993" max="10239" width="9" style="3"/>
-    <col min="10240" max="10240" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10246" max="10246" width="17.3671875" style="3" customWidth="1"/>
+    <col min="10240" max="10240" width="38.625" style="3" customWidth="1"/>
+    <col min="10241" max="10241" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10242" max="10242" width="6.5" style="3" customWidth="1"/>
+    <col min="10243" max="10243" width="11.5" style="3" customWidth="1"/>
+    <col min="10244" max="10244" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="10245" max="10245" width="19.875" style="3" customWidth="1"/>
+    <col min="10246" max="10246" width="17.375" style="3" customWidth="1"/>
     <col min="10247" max="10247" width="10" style="3" customWidth="1"/>
-    <col min="10248" max="10248" width="8.89453125" style="3" customWidth="1"/>
+    <col min="10248" max="10248" width="8.875" style="3" customWidth="1"/>
     <col min="10249" max="10495" width="9" style="3"/>
-    <col min="10496" max="10496" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10502" max="10502" width="17.3671875" style="3" customWidth="1"/>
+    <col min="10496" max="10496" width="38.625" style="3" customWidth="1"/>
+    <col min="10497" max="10497" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10498" max="10498" width="6.5" style="3" customWidth="1"/>
+    <col min="10499" max="10499" width="11.5" style="3" customWidth="1"/>
+    <col min="10500" max="10500" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="10501" max="10501" width="19.875" style="3" customWidth="1"/>
+    <col min="10502" max="10502" width="17.375" style="3" customWidth="1"/>
     <col min="10503" max="10503" width="10" style="3" customWidth="1"/>
-    <col min="10504" max="10504" width="8.89453125" style="3" customWidth="1"/>
+    <col min="10504" max="10504" width="8.875" style="3" customWidth="1"/>
     <col min="10505" max="10751" width="9" style="3"/>
-    <col min="10752" max="10752" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10758" max="10758" width="17.3671875" style="3" customWidth="1"/>
+    <col min="10752" max="10752" width="38.625" style="3" customWidth="1"/>
+    <col min="10753" max="10753" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10754" max="10754" width="6.5" style="3" customWidth="1"/>
+    <col min="10755" max="10755" width="11.5" style="3" customWidth="1"/>
+    <col min="10756" max="10756" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="10757" max="10757" width="19.875" style="3" customWidth="1"/>
+    <col min="10758" max="10758" width="17.375" style="3" customWidth="1"/>
     <col min="10759" max="10759" width="10" style="3" customWidth="1"/>
-    <col min="10760" max="10760" width="8.89453125" style="3" customWidth="1"/>
+    <col min="10760" max="10760" width="8.875" style="3" customWidth="1"/>
     <col min="10761" max="11007" width="9" style="3"/>
-    <col min="11008" max="11008" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11014" max="11014" width="17.3671875" style="3" customWidth="1"/>
+    <col min="11008" max="11008" width="38.625" style="3" customWidth="1"/>
+    <col min="11009" max="11009" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="11010" max="11010" width="6.5" style="3" customWidth="1"/>
+    <col min="11011" max="11011" width="11.5" style="3" customWidth="1"/>
+    <col min="11012" max="11012" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="11013" max="11013" width="19.875" style="3" customWidth="1"/>
+    <col min="11014" max="11014" width="17.375" style="3" customWidth="1"/>
     <col min="11015" max="11015" width="10" style="3" customWidth="1"/>
-    <col min="11016" max="11016" width="8.89453125" style="3" customWidth="1"/>
+    <col min="11016" max="11016" width="8.875" style="3" customWidth="1"/>
     <col min="11017" max="11263" width="9" style="3"/>
-    <col min="11264" max="11264" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11270" max="11270" width="17.3671875" style="3" customWidth="1"/>
+    <col min="11264" max="11264" width="38.625" style="3" customWidth="1"/>
+    <col min="11265" max="11265" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="11266" max="11266" width="6.5" style="3" customWidth="1"/>
+    <col min="11267" max="11267" width="11.5" style="3" customWidth="1"/>
+    <col min="11268" max="11268" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="11269" max="11269" width="19.875" style="3" customWidth="1"/>
+    <col min="11270" max="11270" width="17.375" style="3" customWidth="1"/>
     <col min="11271" max="11271" width="10" style="3" customWidth="1"/>
-    <col min="11272" max="11272" width="8.89453125" style="3" customWidth="1"/>
+    <col min="11272" max="11272" width="8.875" style="3" customWidth="1"/>
     <col min="11273" max="11519" width="9" style="3"/>
-    <col min="11520" max="11520" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11526" max="11526" width="17.3671875" style="3" customWidth="1"/>
+    <col min="11520" max="11520" width="38.625" style="3" customWidth="1"/>
+    <col min="11521" max="11521" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="11522" max="11522" width="6.5" style="3" customWidth="1"/>
+    <col min="11523" max="11523" width="11.5" style="3" customWidth="1"/>
+    <col min="11524" max="11524" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="11525" max="11525" width="19.875" style="3" customWidth="1"/>
+    <col min="11526" max="11526" width="17.375" style="3" customWidth="1"/>
     <col min="11527" max="11527" width="10" style="3" customWidth="1"/>
-    <col min="11528" max="11528" width="8.89453125" style="3" customWidth="1"/>
+    <col min="11528" max="11528" width="8.875" style="3" customWidth="1"/>
     <col min="11529" max="11775" width="9" style="3"/>
-    <col min="11776" max="11776" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11782" max="11782" width="17.3671875" style="3" customWidth="1"/>
+    <col min="11776" max="11776" width="38.625" style="3" customWidth="1"/>
+    <col min="11777" max="11777" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="11778" max="11778" width="6.5" style="3" customWidth="1"/>
+    <col min="11779" max="11779" width="11.5" style="3" customWidth="1"/>
+    <col min="11780" max="11780" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="11781" max="11781" width="19.875" style="3" customWidth="1"/>
+    <col min="11782" max="11782" width="17.375" style="3" customWidth="1"/>
     <col min="11783" max="11783" width="10" style="3" customWidth="1"/>
-    <col min="11784" max="11784" width="8.89453125" style="3" customWidth="1"/>
+    <col min="11784" max="11784" width="8.875" style="3" customWidth="1"/>
     <col min="11785" max="12031" width="9" style="3"/>
-    <col min="12032" max="12032" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12038" max="12038" width="17.3671875" style="3" customWidth="1"/>
+    <col min="12032" max="12032" width="38.625" style="3" customWidth="1"/>
+    <col min="12033" max="12033" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="12034" max="12034" width="6.5" style="3" customWidth="1"/>
+    <col min="12035" max="12035" width="11.5" style="3" customWidth="1"/>
+    <col min="12036" max="12036" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="12037" max="12037" width="19.875" style="3" customWidth="1"/>
+    <col min="12038" max="12038" width="17.375" style="3" customWidth="1"/>
     <col min="12039" max="12039" width="10" style="3" customWidth="1"/>
-    <col min="12040" max="12040" width="8.89453125" style="3" customWidth="1"/>
+    <col min="12040" max="12040" width="8.875" style="3" customWidth="1"/>
     <col min="12041" max="12287" width="9" style="3"/>
-    <col min="12288" max="12288" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12294" max="12294" width="17.3671875" style="3" customWidth="1"/>
+    <col min="12288" max="12288" width="38.625" style="3" customWidth="1"/>
+    <col min="12289" max="12289" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="12290" max="12290" width="6.5" style="3" customWidth="1"/>
+    <col min="12291" max="12291" width="11.5" style="3" customWidth="1"/>
+    <col min="12292" max="12292" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="12293" max="12293" width="19.875" style="3" customWidth="1"/>
+    <col min="12294" max="12294" width="17.375" style="3" customWidth="1"/>
     <col min="12295" max="12295" width="10" style="3" customWidth="1"/>
-    <col min="12296" max="12296" width="8.89453125" style="3" customWidth="1"/>
+    <col min="12296" max="12296" width="8.875" style="3" customWidth="1"/>
     <col min="12297" max="12543" width="9" style="3"/>
-    <col min="12544" max="12544" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12550" max="12550" width="17.3671875" style="3" customWidth="1"/>
+    <col min="12544" max="12544" width="38.625" style="3" customWidth="1"/>
+    <col min="12545" max="12545" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="12546" max="12546" width="6.5" style="3" customWidth="1"/>
+    <col min="12547" max="12547" width="11.5" style="3" customWidth="1"/>
+    <col min="12548" max="12548" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="12549" max="12549" width="19.875" style="3" customWidth="1"/>
+    <col min="12550" max="12550" width="17.375" style="3" customWidth="1"/>
     <col min="12551" max="12551" width="10" style="3" customWidth="1"/>
-    <col min="12552" max="12552" width="8.89453125" style="3" customWidth="1"/>
+    <col min="12552" max="12552" width="8.875" style="3" customWidth="1"/>
     <col min="12553" max="12799" width="9" style="3"/>
-    <col min="12800" max="12800" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12806" max="12806" width="17.3671875" style="3" customWidth="1"/>
+    <col min="12800" max="12800" width="38.625" style="3" customWidth="1"/>
+    <col min="12801" max="12801" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="12802" max="12802" width="6.5" style="3" customWidth="1"/>
+    <col min="12803" max="12803" width="11.5" style="3" customWidth="1"/>
+    <col min="12804" max="12804" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="12805" max="12805" width="19.875" style="3" customWidth="1"/>
+    <col min="12806" max="12806" width="17.375" style="3" customWidth="1"/>
     <col min="12807" max="12807" width="10" style="3" customWidth="1"/>
-    <col min="12808" max="12808" width="8.89453125" style="3" customWidth="1"/>
+    <col min="12808" max="12808" width="8.875" style="3" customWidth="1"/>
     <col min="12809" max="13055" width="9" style="3"/>
-    <col min="13056" max="13056" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13062" max="13062" width="17.3671875" style="3" customWidth="1"/>
+    <col min="13056" max="13056" width="38.625" style="3" customWidth="1"/>
+    <col min="13057" max="13057" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13058" max="13058" width="6.5" style="3" customWidth="1"/>
+    <col min="13059" max="13059" width="11.5" style="3" customWidth="1"/>
+    <col min="13060" max="13060" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="13061" max="13061" width="19.875" style="3" customWidth="1"/>
+    <col min="13062" max="13062" width="17.375" style="3" customWidth="1"/>
     <col min="13063" max="13063" width="10" style="3" customWidth="1"/>
-    <col min="13064" max="13064" width="8.89453125" style="3" customWidth="1"/>
+    <col min="13064" max="13064" width="8.875" style="3" customWidth="1"/>
     <col min="13065" max="13311" width="9" style="3"/>
-    <col min="13312" max="13312" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13318" max="13318" width="17.3671875" style="3" customWidth="1"/>
+    <col min="13312" max="13312" width="38.625" style="3" customWidth="1"/>
+    <col min="13313" max="13313" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13314" max="13314" width="6.5" style="3" customWidth="1"/>
+    <col min="13315" max="13315" width="11.5" style="3" customWidth="1"/>
+    <col min="13316" max="13316" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="13317" max="13317" width="19.875" style="3" customWidth="1"/>
+    <col min="13318" max="13318" width="17.375" style="3" customWidth="1"/>
     <col min="13319" max="13319" width="10" style="3" customWidth="1"/>
-    <col min="13320" max="13320" width="8.89453125" style="3" customWidth="1"/>
+    <col min="13320" max="13320" width="8.875" style="3" customWidth="1"/>
     <col min="13321" max="13567" width="9" style="3"/>
-    <col min="13568" max="13568" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13574" max="13574" width="17.3671875" style="3" customWidth="1"/>
+    <col min="13568" max="13568" width="38.625" style="3" customWidth="1"/>
+    <col min="13569" max="13569" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13570" max="13570" width="6.5" style="3" customWidth="1"/>
+    <col min="13571" max="13571" width="11.5" style="3" customWidth="1"/>
+    <col min="13572" max="13572" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="13573" max="13573" width="19.875" style="3" customWidth="1"/>
+    <col min="13574" max="13574" width="17.375" style="3" customWidth="1"/>
     <col min="13575" max="13575" width="10" style="3" customWidth="1"/>
-    <col min="13576" max="13576" width="8.89453125" style="3" customWidth="1"/>
+    <col min="13576" max="13576" width="8.875" style="3" customWidth="1"/>
     <col min="13577" max="13823" width="9" style="3"/>
-    <col min="13824" max="13824" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13830" max="13830" width="17.3671875" style="3" customWidth="1"/>
+    <col min="13824" max="13824" width="38.625" style="3" customWidth="1"/>
+    <col min="13825" max="13825" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13826" max="13826" width="6.5" style="3" customWidth="1"/>
+    <col min="13827" max="13827" width="11.5" style="3" customWidth="1"/>
+    <col min="13828" max="13828" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="13829" max="13829" width="19.875" style="3" customWidth="1"/>
+    <col min="13830" max="13830" width="17.375" style="3" customWidth="1"/>
     <col min="13831" max="13831" width="10" style="3" customWidth="1"/>
-    <col min="13832" max="13832" width="8.89453125" style="3" customWidth="1"/>
+    <col min="13832" max="13832" width="8.875" style="3" customWidth="1"/>
     <col min="13833" max="14079" width="9" style="3"/>
-    <col min="14080" max="14080" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14086" max="14086" width="17.3671875" style="3" customWidth="1"/>
+    <col min="14080" max="14080" width="38.625" style="3" customWidth="1"/>
+    <col min="14081" max="14081" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14082" max="14082" width="6.5" style="3" customWidth="1"/>
+    <col min="14083" max="14083" width="11.5" style="3" customWidth="1"/>
+    <col min="14084" max="14084" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="14085" max="14085" width="19.875" style="3" customWidth="1"/>
+    <col min="14086" max="14086" width="17.375" style="3" customWidth="1"/>
     <col min="14087" max="14087" width="10" style="3" customWidth="1"/>
-    <col min="14088" max="14088" width="8.89453125" style="3" customWidth="1"/>
+    <col min="14088" max="14088" width="8.875" style="3" customWidth="1"/>
     <col min="14089" max="14335" width="9" style="3"/>
-    <col min="14336" max="14336" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14342" max="14342" width="17.3671875" style="3" customWidth="1"/>
+    <col min="14336" max="14336" width="38.625" style="3" customWidth="1"/>
+    <col min="14337" max="14337" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14338" max="14338" width="6.5" style="3" customWidth="1"/>
+    <col min="14339" max="14339" width="11.5" style="3" customWidth="1"/>
+    <col min="14340" max="14340" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="14341" max="14341" width="19.875" style="3" customWidth="1"/>
+    <col min="14342" max="14342" width="17.375" style="3" customWidth="1"/>
     <col min="14343" max="14343" width="10" style="3" customWidth="1"/>
-    <col min="14344" max="14344" width="8.89453125" style="3" customWidth="1"/>
+    <col min="14344" max="14344" width="8.875" style="3" customWidth="1"/>
     <col min="14345" max="14591" width="9" style="3"/>
-    <col min="14592" max="14592" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14598" max="14598" width="17.3671875" style="3" customWidth="1"/>
+    <col min="14592" max="14592" width="38.625" style="3" customWidth="1"/>
+    <col min="14593" max="14593" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14594" max="14594" width="6.5" style="3" customWidth="1"/>
+    <col min="14595" max="14595" width="11.5" style="3" customWidth="1"/>
+    <col min="14596" max="14596" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="14597" max="14597" width="19.875" style="3" customWidth="1"/>
+    <col min="14598" max="14598" width="17.375" style="3" customWidth="1"/>
     <col min="14599" max="14599" width="10" style="3" customWidth="1"/>
-    <col min="14600" max="14600" width="8.89453125" style="3" customWidth="1"/>
+    <col min="14600" max="14600" width="8.875" style="3" customWidth="1"/>
     <col min="14601" max="14847" width="9" style="3"/>
-    <col min="14848" max="14848" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14854" max="14854" width="17.3671875" style="3" customWidth="1"/>
+    <col min="14848" max="14848" width="38.625" style="3" customWidth="1"/>
+    <col min="14849" max="14849" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14850" max="14850" width="6.5" style="3" customWidth="1"/>
+    <col min="14851" max="14851" width="11.5" style="3" customWidth="1"/>
+    <col min="14852" max="14852" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="14853" max="14853" width="19.875" style="3" customWidth="1"/>
+    <col min="14854" max="14854" width="17.375" style="3" customWidth="1"/>
     <col min="14855" max="14855" width="10" style="3" customWidth="1"/>
-    <col min="14856" max="14856" width="8.89453125" style="3" customWidth="1"/>
+    <col min="14856" max="14856" width="8.875" style="3" customWidth="1"/>
     <col min="14857" max="15103" width="9" style="3"/>
-    <col min="15104" max="15104" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15110" max="15110" width="17.3671875" style="3" customWidth="1"/>
+    <col min="15104" max="15104" width="38.625" style="3" customWidth="1"/>
+    <col min="15105" max="15105" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15106" max="15106" width="6.5" style="3" customWidth="1"/>
+    <col min="15107" max="15107" width="11.5" style="3" customWidth="1"/>
+    <col min="15108" max="15108" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="15109" max="15109" width="19.875" style="3" customWidth="1"/>
+    <col min="15110" max="15110" width="17.375" style="3" customWidth="1"/>
     <col min="15111" max="15111" width="10" style="3" customWidth="1"/>
-    <col min="15112" max="15112" width="8.89453125" style="3" customWidth="1"/>
+    <col min="15112" max="15112" width="8.875" style="3" customWidth="1"/>
     <col min="15113" max="15359" width="9" style="3"/>
-    <col min="15360" max="15360" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15366" max="15366" width="17.3671875" style="3" customWidth="1"/>
+    <col min="15360" max="15360" width="38.625" style="3" customWidth="1"/>
+    <col min="15361" max="15361" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15362" max="15362" width="6.5" style="3" customWidth="1"/>
+    <col min="15363" max="15363" width="11.5" style="3" customWidth="1"/>
+    <col min="15364" max="15364" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="15365" max="15365" width="19.875" style="3" customWidth="1"/>
+    <col min="15366" max="15366" width="17.375" style="3" customWidth="1"/>
     <col min="15367" max="15367" width="10" style="3" customWidth="1"/>
-    <col min="15368" max="15368" width="8.89453125" style="3" customWidth="1"/>
+    <col min="15368" max="15368" width="8.875" style="3" customWidth="1"/>
     <col min="15369" max="15615" width="9" style="3"/>
-    <col min="15616" max="15616" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15622" max="15622" width="17.3671875" style="3" customWidth="1"/>
+    <col min="15616" max="15616" width="38.625" style="3" customWidth="1"/>
+    <col min="15617" max="15617" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15618" max="15618" width="6.5" style="3" customWidth="1"/>
+    <col min="15619" max="15619" width="11.5" style="3" customWidth="1"/>
+    <col min="15620" max="15620" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="15621" max="15621" width="19.875" style="3" customWidth="1"/>
+    <col min="15622" max="15622" width="17.375" style="3" customWidth="1"/>
     <col min="15623" max="15623" width="10" style="3" customWidth="1"/>
-    <col min="15624" max="15624" width="8.89453125" style="3" customWidth="1"/>
+    <col min="15624" max="15624" width="8.875" style="3" customWidth="1"/>
     <col min="15625" max="15871" width="9" style="3"/>
-    <col min="15872" max="15872" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15878" max="15878" width="17.3671875" style="3" customWidth="1"/>
+    <col min="15872" max="15872" width="38.625" style="3" customWidth="1"/>
+    <col min="15873" max="15873" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="15874" max="15874" width="6.5" style="3" customWidth="1"/>
+    <col min="15875" max="15875" width="11.5" style="3" customWidth="1"/>
+    <col min="15876" max="15876" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="15877" max="15877" width="19.875" style="3" customWidth="1"/>
+    <col min="15878" max="15878" width="17.375" style="3" customWidth="1"/>
     <col min="15879" max="15879" width="10" style="3" customWidth="1"/>
-    <col min="15880" max="15880" width="8.89453125" style="3" customWidth="1"/>
+    <col min="15880" max="15880" width="8.875" style="3" customWidth="1"/>
     <col min="15881" max="16127" width="9" style="3"/>
-    <col min="16128" max="16128" width="38.62890625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="16134" max="16134" width="17.3671875" style="3" customWidth="1"/>
+    <col min="16128" max="16128" width="38.625" style="3" customWidth="1"/>
+    <col min="16129" max="16129" width="43.125" style="3" bestFit="1" customWidth="1"/>
+    <col min="16130" max="16130" width="6.5" style="3" customWidth="1"/>
+    <col min="16131" max="16131" width="11.5" style="3" customWidth="1"/>
+    <col min="16132" max="16132" width="29.875" style="3" bestFit="1" customWidth="1"/>
+    <col min="16133" max="16133" width="19.875" style="3" customWidth="1"/>
+    <col min="16134" max="16134" width="17.375" style="3" customWidth="1"/>
     <col min="16135" max="16135" width="10" style="3" customWidth="1"/>
-    <col min="16136" max="16136" width="8.89453125" style="3" customWidth="1"/>
+    <col min="16136" max="16136" width="8.875" style="3" customWidth="1"/>
     <col min="16137" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:118" s="10" customFormat="1" ht="25.95" customHeight="1">
-[...9 lines deleted...]
-      <c r="H1" s="65"/>
+    <row r="1" spans="1:118" s="10" customFormat="1" ht="25.9" customHeight="1">
+      <c r="A1" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1" s="53"/>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
+      <c r="F1" s="53"/>
+      <c r="G1" s="53"/>
+      <c r="H1" s="53"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
       <c r="Z1" s="6"/>
       <c r="AA1" s="6"/>
       <c r="AB1" s="6"/>
       <c r="AC1" s="6"/>
       <c r="AD1" s="6"/>
       <c r="AE1" s="6"/>
       <c r="AF1" s="6"/>
       <c r="AG1" s="6"/>
@@ -3324,129 +3246,129 @@
       <c r="CM1" s="6"/>
       <c r="CN1" s="6"/>
       <c r="CO1" s="6"/>
       <c r="CP1" s="6"/>
       <c r="CQ1" s="6"/>
       <c r="CR1" s="6"/>
       <c r="CS1" s="6"/>
       <c r="CT1" s="6"/>
       <c r="CU1" s="6"/>
       <c r="CV1" s="6"/>
       <c r="CW1" s="6"/>
       <c r="CX1" s="6"/>
       <c r="CY1" s="6"/>
       <c r="CZ1" s="6"/>
       <c r="DA1" s="6"/>
       <c r="DB1" s="6"/>
       <c r="DC1" s="6"/>
       <c r="DD1" s="6"/>
       <c r="DE1" s="6"/>
       <c r="DF1" s="6"/>
       <c r="DG1" s="6"/>
       <c r="DH1" s="6"/>
       <c r="DI1" s="6"/>
       <c r="DJ1" s="6"/>
     </row>
-    <row r="2" spans="1:118" s="10" customFormat="1" ht="26.35">
-      <c r="A2" s="66" t="s">
+    <row r="2" spans="1:118" s="10" customFormat="1" ht="26.25">
+      <c r="A2" s="54" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" s="54"/>
+      <c r="C2" s="54"/>
+      <c r="D2" s="54"/>
+      <c r="E2" s="54"/>
+      <c r="F2" s="54"/>
+      <c r="G2" s="54"/>
+      <c r="H2" s="54"/>
+    </row>
+    <row r="3" spans="1:118" s="10" customFormat="1" ht="15">
+      <c r="A3" s="56" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" s="56"/>
+      <c r="C3" s="56"/>
+      <c r="D3" s="56"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+    </row>
+    <row r="4" spans="1:118" s="10" customFormat="1" ht="15">
+      <c r="A4" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" s="48"/>
+      <c r="C4" s="48"/>
+      <c r="D4" s="48"/>
+      <c r="E4" s="48"/>
+      <c r="F4" s="48"/>
+      <c r="G4" s="48"/>
+      <c r="H4" s="48"/>
+    </row>
+    <row r="5" spans="1:118" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" s="42"/>
+      <c r="D5" s="23" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" s="76"/>
+      <c r="F5" s="76"/>
+      <c r="G5" s="72" t="s">
         <v>57</v>
       </c>
-      <c r="B2" s="66"/>
-[...50 lines deleted...]
-      <c r="A6" s="76" t="s">
+      <c r="H5" s="72"/>
+    </row>
+    <row r="6" spans="1:118" s="10" customFormat="1" ht="31.15" customHeight="1">
+      <c r="A6" s="41" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="77"/>
-[...7 lines deleted...]
-      <c r="H6" s="78"/>
+      <c r="B6" s="73"/>
+      <c r="C6" s="74"/>
+      <c r="D6" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" s="73"/>
+      <c r="F6" s="75"/>
+      <c r="G6" s="75"/>
+      <c r="H6" s="74"/>
     </row>
     <row r="7" spans="1:118" s="1" customFormat="1" ht="114" customHeight="1">
-      <c r="A7" s="68" t="s">
-[...8 lines deleted...]
-      <c r="H7" s="68"/>
+      <c r="A7" s="78" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" s="78"/>
+      <c r="C7" s="78"/>
+      <c r="D7" s="78"/>
+      <c r="E7" s="78"/>
+      <c r="F7" s="78"/>
+      <c r="G7" s="78"/>
+      <c r="H7" s="78"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
@@ -3510,61 +3432,61 @@
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
       <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
       <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
       <c r="DJ7" s="6"/>
     </row>
-    <row r="8" spans="1:118" s="1" customFormat="1" ht="17.7">
-[...9 lines deleted...]
-      <c r="H8" s="69"/>
+    <row r="8" spans="1:118" s="1" customFormat="1" ht="18">
+      <c r="A8" s="79" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" s="79"/>
+      <c r="C8" s="79"/>
+      <c r="D8" s="79"/>
+      <c r="E8" s="79"/>
+      <c r="F8" s="79"/>
+      <c r="G8" s="79"/>
+      <c r="H8" s="79"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6"/>
       <c r="AB8" s="6"/>
       <c r="AC8" s="6"/>
       <c r="AD8" s="6"/>
       <c r="AE8" s="6"/>
       <c r="AF8" s="6"/>
       <c r="AG8" s="6"/>
@@ -3628,61 +3550,61 @@
       <c r="CM8" s="6"/>
       <c r="CN8" s="6"/>
       <c r="CO8" s="6"/>
       <c r="CP8" s="6"/>
       <c r="CQ8" s="6"/>
       <c r="CR8" s="6"/>
       <c r="CS8" s="6"/>
       <c r="CT8" s="6"/>
       <c r="CU8" s="6"/>
       <c r="CV8" s="6"/>
       <c r="CW8" s="6"/>
       <c r="CX8" s="6"/>
       <c r="CY8" s="6"/>
       <c r="CZ8" s="6"/>
       <c r="DA8" s="6"/>
       <c r="DB8" s="6"/>
       <c r="DC8" s="6"/>
       <c r="DD8" s="6"/>
       <c r="DE8" s="6"/>
       <c r="DF8" s="6"/>
       <c r="DG8" s="6"/>
       <c r="DH8" s="6"/>
       <c r="DI8" s="6"/>
       <c r="DJ8" s="6"/>
     </row>
-    <row r="9" spans="1:118" s="1" customFormat="1" ht="17.7">
-[...9 lines deleted...]
-      <c r="H9" s="69"/>
+    <row r="9" spans="1:118" s="1" customFormat="1" ht="18">
+      <c r="A9" s="79" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" s="79"/>
+      <c r="C9" s="79"/>
+      <c r="D9" s="79"/>
+      <c r="E9" s="79"/>
+      <c r="F9" s="79"/>
+      <c r="G9" s="79"/>
+      <c r="H9" s="79"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
       <c r="T9" s="6"/>
       <c r="U9" s="6"/>
       <c r="V9" s="6"/>
       <c r="W9" s="6"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="6"/>
       <c r="Z9" s="6"/>
       <c r="AA9" s="6"/>
       <c r="AB9" s="6"/>
       <c r="AC9" s="6"/>
       <c r="AD9" s="6"/>
       <c r="AE9" s="6"/>
       <c r="AF9" s="6"/>
       <c r="AG9" s="6"/>
@@ -3747,58 +3669,58 @@
       <c r="CN9" s="6"/>
       <c r="CO9" s="6"/>
       <c r="CP9" s="6"/>
       <c r="CQ9" s="6"/>
       <c r="CR9" s="6"/>
       <c r="CS9" s="6"/>
       <c r="CT9" s="6"/>
       <c r="CU9" s="6"/>
       <c r="CV9" s="6"/>
       <c r="CW9" s="6"/>
       <c r="CX9" s="6"/>
       <c r="CY9" s="6"/>
       <c r="CZ9" s="6"/>
       <c r="DA9" s="6"/>
       <c r="DB9" s="6"/>
       <c r="DC9" s="6"/>
       <c r="DD9" s="6"/>
       <c r="DE9" s="6"/>
       <c r="DF9" s="6"/>
       <c r="DG9" s="6"/>
       <c r="DH9" s="6"/>
       <c r="DI9" s="6"/>
       <c r="DJ9" s="6"/>
     </row>
     <row r="10" spans="1:118" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="A10" s="39"/>
-[...6 lines deleted...]
-      <c r="H10" s="39"/>
+      <c r="A10" s="43"/>
+      <c r="B10" s="43"/>
+      <c r="C10" s="43"/>
+      <c r="D10" s="43"/>
+      <c r="E10" s="43"/>
+      <c r="F10" s="43"/>
+      <c r="G10" s="43"/>
+      <c r="H10" s="43"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
       <c r="W10" s="6"/>
       <c r="X10" s="6"/>
       <c r="Y10" s="6"/>
       <c r="Z10" s="6"/>
       <c r="AA10" s="6"/>
       <c r="AB10" s="6"/>
       <c r="AC10" s="6"/>
       <c r="AD10" s="6"/>
       <c r="AE10" s="6"/>
       <c r="AF10" s="6"/>
       <c r="AG10" s="6"/>
@@ -3862,73 +3784,73 @@
       <c r="CM10" s="6"/>
       <c r="CN10" s="6"/>
       <c r="CO10" s="6"/>
       <c r="CP10" s="6"/>
       <c r="CQ10" s="6"/>
       <c r="CR10" s="6"/>
       <c r="CS10" s="6"/>
       <c r="CT10" s="6"/>
       <c r="CU10" s="6"/>
       <c r="CV10" s="6"/>
       <c r="CW10" s="6"/>
       <c r="CX10" s="6"/>
       <c r="CY10" s="6"/>
       <c r="CZ10" s="6"/>
       <c r="DA10" s="6"/>
       <c r="DB10" s="6"/>
       <c r="DC10" s="6"/>
       <c r="DD10" s="6"/>
       <c r="DE10" s="6"/>
       <c r="DF10" s="6"/>
       <c r="DG10" s="6"/>
       <c r="DH10" s="6"/>
       <c r="DI10" s="6"/>
       <c r="DJ10" s="6"/>
     </row>
-    <row r="11" spans="1:118" s="2" customFormat="1" ht="82.95" customHeight="1">
-      <c r="A11" s="22" t="s">
+    <row r="11" spans="1:118" s="2" customFormat="1" ht="82.9" customHeight="1">
+      <c r="A11" s="24" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="27" t="s">
         <v>60</v>
       </c>
-      <c r="B11" s="23" t="s">
-[...17 lines deleted...]
-      <c r="H11" s="24" t="s">
+      <c r="H11" s="26" t="s">
         <v>13</v>
       </c>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="7"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="7"/>
       <c r="S11" s="7"/>
       <c r="T11" s="7"/>
       <c r="U11" s="7"/>
       <c r="V11" s="7"/>
       <c r="W11" s="7"/>
       <c r="X11" s="7"/>
       <c r="Y11" s="7"/>
       <c r="Z11" s="7"/>
       <c r="AA11" s="7"/>
       <c r="AB11" s="7"/>
       <c r="AC11" s="7"/>
       <c r="AD11" s="7"/>
       <c r="AE11" s="7"/>
@@ -3998,249 +3920,249 @@
       <c r="CQ11" s="7"/>
       <c r="CR11" s="7"/>
       <c r="CS11" s="7"/>
       <c r="CT11" s="7"/>
       <c r="CU11" s="7"/>
       <c r="CV11" s="7"/>
       <c r="CW11" s="7"/>
       <c r="CX11" s="7"/>
       <c r="CY11" s="7"/>
       <c r="CZ11" s="7"/>
       <c r="DA11" s="7"/>
       <c r="DB11" s="7"/>
       <c r="DC11" s="7"/>
       <c r="DD11" s="7"/>
       <c r="DE11" s="7"/>
       <c r="DF11" s="7"/>
       <c r="DG11" s="7"/>
       <c r="DH11" s="7"/>
       <c r="DI11" s="7"/>
       <c r="DJ11" s="7"/>
       <c r="DK11" s="7"/>
       <c r="DL11" s="7"/>
       <c r="DM11" s="7"/>
       <c r="DN11" s="7"/>
     </row>
-    <row r="12" spans="1:118" ht="13.7">
-[...197 lines deleted...]
-      <c r="H31" s="28"/>
+    <row r="12" spans="1:118" ht="14.25">
+      <c r="A12" s="28"/>
+      <c r="B12" s="29"/>
+      <c r="C12" s="29"/>
+      <c r="D12" s="30"/>
+      <c r="E12" s="30"/>
+      <c r="F12" s="30"/>
+      <c r="G12" s="28"/>
+      <c r="H12" s="31"/>
+    </row>
+    <row r="13" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A13" s="28"/>
+      <c r="B13" s="32"/>
+      <c r="C13" s="32"/>
+      <c r="D13" s="30"/>
+      <c r="E13" s="30"/>
+      <c r="F13" s="30"/>
+      <c r="G13" s="28"/>
+      <c r="H13" s="31"/>
+    </row>
+    <row r="14" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A14" s="28"/>
+      <c r="B14" s="33"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="34"/>
+      <c r="E14" s="34"/>
+      <c r="F14" s="34"/>
+      <c r="G14" s="28"/>
+      <c r="H14" s="31"/>
+    </row>
+    <row r="15" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A15" s="28"/>
+      <c r="B15" s="33"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="34"/>
+      <c r="E15" s="34"/>
+      <c r="F15" s="34"/>
+      <c r="G15" s="28"/>
+      <c r="H15" s="31"/>
+    </row>
+    <row r="16" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A16" s="28"/>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="34"/>
+      <c r="E16" s="34"/>
+      <c r="F16" s="34"/>
+      <c r="G16" s="28"/>
+      <c r="H16" s="31"/>
+    </row>
+    <row r="17" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A17" s="28"/>
+      <c r="B17" s="29"/>
+      <c r="C17" s="29"/>
+      <c r="D17" s="30"/>
+      <c r="E17" s="30"/>
+      <c r="F17" s="30"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="31"/>
+    </row>
+    <row r="18" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A18" s="28"/>
+      <c r="B18" s="33"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="30"/>
+      <c r="E18" s="30"/>
+      <c r="F18" s="30"/>
+      <c r="G18" s="28"/>
+      <c r="H18" s="31"/>
+    </row>
+    <row r="19" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A19" s="28"/>
+      <c r="B19" s="33"/>
+      <c r="C19" s="33"/>
+      <c r="D19" s="34"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="34"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="31"/>
+    </row>
+    <row r="20" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A20" s="28"/>
+      <c r="B20" s="33"/>
+      <c r="C20" s="33"/>
+      <c r="D20" s="34"/>
+      <c r="E20" s="34"/>
+      <c r="F20" s="34"/>
+      <c r="G20" s="28"/>
+      <c r="H20" s="31"/>
+    </row>
+    <row r="21" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A21" s="28"/>
+      <c r="B21" s="33"/>
+      <c r="C21" s="33"/>
+      <c r="D21" s="34"/>
+      <c r="E21" s="34"/>
+      <c r="F21" s="34"/>
+      <c r="G21" s="28"/>
+      <c r="H21" s="35"/>
+    </row>
+    <row r="22" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A22" s="28"/>
+      <c r="B22" s="29"/>
+      <c r="C22" s="29"/>
+      <c r="D22" s="34"/>
+      <c r="E22" s="34"/>
+      <c r="F22" s="34"/>
+      <c r="G22" s="28"/>
+      <c r="H22" s="30"/>
+    </row>
+    <row r="23" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A23" s="28"/>
+      <c r="B23" s="33"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="34"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="34"/>
+      <c r="G23" s="28"/>
+      <c r="H23" s="30"/>
+    </row>
+    <row r="24" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A24" s="28"/>
+      <c r="B24" s="33"/>
+      <c r="C24" s="33"/>
+      <c r="D24" s="34"/>
+      <c r="E24" s="34"/>
+      <c r="F24" s="34"/>
+      <c r="G24" s="28"/>
+      <c r="H24" s="30"/>
+    </row>
+    <row r="25" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A25" s="28"/>
+      <c r="B25" s="33"/>
+      <c r="C25" s="33"/>
+      <c r="D25" s="34"/>
+      <c r="E25" s="34"/>
+      <c r="F25" s="34"/>
+      <c r="G25" s="28"/>
+      <c r="H25" s="30"/>
+    </row>
+    <row r="26" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A26" s="28"/>
+      <c r="B26" s="33"/>
+      <c r="C26" s="33"/>
+      <c r="D26" s="34"/>
+      <c r="E26" s="34"/>
+      <c r="F26" s="34"/>
+      <c r="G26" s="28"/>
+      <c r="H26" s="30"/>
+    </row>
+    <row r="27" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A27" s="28"/>
+      <c r="B27" s="29"/>
+      <c r="C27" s="29"/>
+      <c r="D27" s="34"/>
+      <c r="E27" s="34"/>
+      <c r="F27" s="34"/>
+      <c r="G27" s="28"/>
+      <c r="H27" s="30"/>
+    </row>
+    <row r="28" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A28" s="28"/>
+      <c r="B28" s="33"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="34"/>
+      <c r="E28" s="34"/>
+      <c r="F28" s="34"/>
+      <c r="G28" s="28"/>
+      <c r="H28" s="30"/>
+    </row>
+    <row r="29" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A29" s="28"/>
+      <c r="B29" s="33"/>
+      <c r="C29" s="33"/>
+      <c r="D29" s="34"/>
+      <c r="E29" s="34"/>
+      <c r="F29" s="34"/>
+      <c r="G29" s="28"/>
+      <c r="H29" s="30"/>
+    </row>
+    <row r="30" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A30" s="28"/>
+      <c r="B30" s="33"/>
+      <c r="C30" s="33"/>
+      <c r="D30" s="34"/>
+      <c r="E30" s="34"/>
+      <c r="F30" s="34"/>
+      <c r="G30" s="28"/>
+      <c r="H30" s="30"/>
+    </row>
+    <row r="31" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A31" s="34"/>
+      <c r="B31" s="33"/>
+      <c r="C31" s="33"/>
+      <c r="D31" s="34"/>
+      <c r="E31" s="34"/>
+      <c r="F31" s="34"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="30"/>
       <c r="I31" s="8"/>
       <c r="J31" s="8"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8"/>
       <c r="P31" s="8"/>
       <c r="Q31" s="8"/>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="8"/>
       <c r="U31" s="8"/>
       <c r="V31" s="8"/>
       <c r="W31" s="8"/>
       <c r="X31" s="8"/>
       <c r="Y31" s="8"/>
       <c r="Z31" s="8"/>
       <c r="AA31" s="8"/>
       <c r="AB31" s="8"/>
       <c r="AC31" s="8"/>
       <c r="AD31" s="8"/>
       <c r="AE31" s="8"/>
       <c r="AF31" s="8"/>
       <c r="AG31" s="8"/>
@@ -4308,59 +4230,59 @@
       <c r="CQ31" s="8"/>
       <c r="CR31" s="8"/>
       <c r="CS31" s="8"/>
       <c r="CT31" s="8"/>
       <c r="CU31" s="8"/>
       <c r="CV31" s="8"/>
       <c r="CW31" s="8"/>
       <c r="CX31" s="8"/>
       <c r="CY31" s="8"/>
       <c r="CZ31" s="8"/>
       <c r="DA31" s="8"/>
       <c r="DB31" s="8"/>
       <c r="DC31" s="8"/>
       <c r="DD31" s="8"/>
       <c r="DE31" s="8"/>
       <c r="DF31" s="8"/>
       <c r="DG31" s="8"/>
       <c r="DH31" s="8"/>
       <c r="DI31" s="8"/>
       <c r="DJ31" s="8"/>
       <c r="DK31" s="8"/>
       <c r="DL31" s="8"/>
       <c r="DM31" s="8"/>
       <c r="DN31" s="8"/>
     </row>
-    <row r="32" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H32" s="28"/>
+    <row r="32" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A32" s="34"/>
+      <c r="B32" s="33"/>
+      <c r="C32" s="33"/>
+      <c r="D32" s="34"/>
+      <c r="E32" s="34"/>
+      <c r="F32" s="34"/>
+      <c r="G32" s="28"/>
+      <c r="H32" s="30"/>
       <c r="I32" s="8"/>
       <c r="J32" s="8"/>
       <c r="K32" s="8"/>
       <c r="L32" s="8"/>
       <c r="M32" s="8"/>
       <c r="N32" s="8"/>
       <c r="O32" s="8"/>
       <c r="P32" s="8"/>
       <c r="Q32" s="8"/>
       <c r="R32" s="8"/>
       <c r="S32" s="8"/>
       <c r="T32" s="8"/>
       <c r="U32" s="8"/>
       <c r="V32" s="8"/>
       <c r="W32" s="8"/>
       <c r="X32" s="8"/>
       <c r="Y32" s="8"/>
       <c r="Z32" s="8"/>
       <c r="AA32" s="8"/>
       <c r="AB32" s="8"/>
       <c r="AC32" s="8"/>
       <c r="AD32" s="8"/>
       <c r="AE32" s="8"/>
       <c r="AF32" s="8"/>
       <c r="AG32" s="8"/>
@@ -4428,59 +4350,59 @@
       <c r="CQ32" s="8"/>
       <c r="CR32" s="8"/>
       <c r="CS32" s="8"/>
       <c r="CT32" s="8"/>
       <c r="CU32" s="8"/>
       <c r="CV32" s="8"/>
       <c r="CW32" s="8"/>
       <c r="CX32" s="8"/>
       <c r="CY32" s="8"/>
       <c r="CZ32" s="8"/>
       <c r="DA32" s="8"/>
       <c r="DB32" s="8"/>
       <c r="DC32" s="8"/>
       <c r="DD32" s="8"/>
       <c r="DE32" s="8"/>
       <c r="DF32" s="8"/>
       <c r="DG32" s="8"/>
       <c r="DH32" s="8"/>
       <c r="DI32" s="8"/>
       <c r="DJ32" s="8"/>
       <c r="DK32" s="8"/>
       <c r="DL32" s="8"/>
       <c r="DM32" s="8"/>
       <c r="DN32" s="8"/>
     </row>
-    <row r="33" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H33" s="28"/>
+    <row r="33" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A33" s="34"/>
+      <c r="B33" s="33"/>
+      <c r="C33" s="33"/>
+      <c r="D33" s="34"/>
+      <c r="E33" s="34"/>
+      <c r="F33" s="34"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="30"/>
       <c r="I33" s="8"/>
       <c r="J33" s="8"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8"/>
       <c r="P33" s="8"/>
       <c r="Q33" s="8"/>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="8"/>
       <c r="U33" s="8"/>
       <c r="V33" s="8"/>
       <c r="W33" s="8"/>
       <c r="X33" s="8"/>
       <c r="Y33" s="8"/>
       <c r="Z33" s="8"/>
       <c r="AA33" s="8"/>
       <c r="AB33" s="8"/>
       <c r="AC33" s="8"/>
       <c r="AD33" s="8"/>
       <c r="AE33" s="8"/>
       <c r="AF33" s="8"/>
       <c r="AG33" s="8"/>
@@ -4548,59 +4470,59 @@
       <c r="CQ33" s="8"/>
       <c r="CR33" s="8"/>
       <c r="CS33" s="8"/>
       <c r="CT33" s="8"/>
       <c r="CU33" s="8"/>
       <c r="CV33" s="8"/>
       <c r="CW33" s="8"/>
       <c r="CX33" s="8"/>
       <c r="CY33" s="8"/>
       <c r="CZ33" s="8"/>
       <c r="DA33" s="8"/>
       <c r="DB33" s="8"/>
       <c r="DC33" s="8"/>
       <c r="DD33" s="8"/>
       <c r="DE33" s="8"/>
       <c r="DF33" s="8"/>
       <c r="DG33" s="8"/>
       <c r="DH33" s="8"/>
       <c r="DI33" s="8"/>
       <c r="DJ33" s="8"/>
       <c r="DK33" s="8"/>
       <c r="DL33" s="8"/>
       <c r="DM33" s="8"/>
       <c r="DN33" s="8"/>
     </row>
-    <row r="34" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H34" s="28"/>
+    <row r="34" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A34" s="34"/>
+      <c r="B34" s="33"/>
+      <c r="C34" s="33"/>
+      <c r="D34" s="34"/>
+      <c r="E34" s="34"/>
+      <c r="F34" s="34"/>
+      <c r="G34" s="28"/>
+      <c r="H34" s="30"/>
       <c r="I34" s="8"/>
       <c r="J34" s="8"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8"/>
       <c r="P34" s="8"/>
       <c r="Q34" s="8"/>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="8"/>
       <c r="U34" s="8"/>
       <c r="V34" s="8"/>
       <c r="W34" s="8"/>
       <c r="X34" s="8"/>
       <c r="Y34" s="8"/>
       <c r="Z34" s="8"/>
       <c r="AA34" s="8"/>
       <c r="AB34" s="8"/>
       <c r="AC34" s="8"/>
       <c r="AD34" s="8"/>
       <c r="AE34" s="8"/>
       <c r="AF34" s="8"/>
       <c r="AG34" s="8"/>
@@ -4668,59 +4590,59 @@
       <c r="CQ34" s="8"/>
       <c r="CR34" s="8"/>
       <c r="CS34" s="8"/>
       <c r="CT34" s="8"/>
       <c r="CU34" s="8"/>
       <c r="CV34" s="8"/>
       <c r="CW34" s="8"/>
       <c r="CX34" s="8"/>
       <c r="CY34" s="8"/>
       <c r="CZ34" s="8"/>
       <c r="DA34" s="8"/>
       <c r="DB34" s="8"/>
       <c r="DC34" s="8"/>
       <c r="DD34" s="8"/>
       <c r="DE34" s="8"/>
       <c r="DF34" s="8"/>
       <c r="DG34" s="8"/>
       <c r="DH34" s="8"/>
       <c r="DI34" s="8"/>
       <c r="DJ34" s="8"/>
       <c r="DK34" s="8"/>
       <c r="DL34" s="8"/>
       <c r="DM34" s="8"/>
       <c r="DN34" s="8"/>
     </row>
-    <row r="35" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H35" s="28"/>
+    <row r="35" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A35" s="34"/>
+      <c r="B35" s="33"/>
+      <c r="C35" s="33"/>
+      <c r="D35" s="34"/>
+      <c r="E35" s="34"/>
+      <c r="F35" s="34"/>
+      <c r="G35" s="28"/>
+      <c r="H35" s="30"/>
       <c r="I35" s="8"/>
       <c r="J35" s="8"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8"/>
       <c r="P35" s="8"/>
       <c r="Q35" s="8"/>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="8"/>
       <c r="U35" s="8"/>
       <c r="V35" s="8"/>
       <c r="W35" s="8"/>
       <c r="X35" s="8"/>
       <c r="Y35" s="8"/>
       <c r="Z35" s="8"/>
       <c r="AA35" s="8"/>
       <c r="AB35" s="8"/>
       <c r="AC35" s="8"/>
       <c r="AD35" s="8"/>
       <c r="AE35" s="8"/>
       <c r="AF35" s="8"/>
       <c r="AG35" s="8"/>
@@ -4788,59 +4710,59 @@
       <c r="CQ35" s="8"/>
       <c r="CR35" s="8"/>
       <c r="CS35" s="8"/>
       <c r="CT35" s="8"/>
       <c r="CU35" s="8"/>
       <c r="CV35" s="8"/>
       <c r="CW35" s="8"/>
       <c r="CX35" s="8"/>
       <c r="CY35" s="8"/>
       <c r="CZ35" s="8"/>
       <c r="DA35" s="8"/>
       <c r="DB35" s="8"/>
       <c r="DC35" s="8"/>
       <c r="DD35" s="8"/>
       <c r="DE35" s="8"/>
       <c r="DF35" s="8"/>
       <c r="DG35" s="8"/>
       <c r="DH35" s="8"/>
       <c r="DI35" s="8"/>
       <c r="DJ35" s="8"/>
       <c r="DK35" s="8"/>
       <c r="DL35" s="8"/>
       <c r="DM35" s="8"/>
       <c r="DN35" s="8"/>
     </row>
-    <row r="36" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H36" s="32"/>
+    <row r="36" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A36" s="36"/>
+      <c r="B36" s="37"/>
+      <c r="C36" s="37"/>
+      <c r="D36" s="34"/>
+      <c r="E36" s="34"/>
+      <c r="F36" s="34"/>
+      <c r="G36" s="28"/>
+      <c r="H36" s="34"/>
       <c r="I36" s="8"/>
       <c r="J36" s="8"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8"/>
       <c r="P36" s="8"/>
       <c r="Q36" s="8"/>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="8"/>
       <c r="U36" s="8"/>
       <c r="V36" s="8"/>
       <c r="W36" s="8"/>
       <c r="X36" s="8"/>
       <c r="Y36" s="8"/>
       <c r="Z36" s="8"/>
       <c r="AA36" s="8"/>
       <c r="AB36" s="8"/>
       <c r="AC36" s="8"/>
       <c r="AD36" s="8"/>
       <c r="AE36" s="8"/>
       <c r="AF36" s="8"/>
       <c r="AG36" s="8"/>
@@ -4908,59 +4830,59 @@
       <c r="CQ36" s="8"/>
       <c r="CR36" s="8"/>
       <c r="CS36" s="8"/>
       <c r="CT36" s="8"/>
       <c r="CU36" s="8"/>
       <c r="CV36" s="8"/>
       <c r="CW36" s="8"/>
       <c r="CX36" s="8"/>
       <c r="CY36" s="8"/>
       <c r="CZ36" s="8"/>
       <c r="DA36" s="8"/>
       <c r="DB36" s="8"/>
       <c r="DC36" s="8"/>
       <c r="DD36" s="8"/>
       <c r="DE36" s="8"/>
       <c r="DF36" s="8"/>
       <c r="DG36" s="8"/>
       <c r="DH36" s="8"/>
       <c r="DI36" s="8"/>
       <c r="DJ36" s="8"/>
       <c r="DK36" s="8"/>
       <c r="DL36" s="8"/>
       <c r="DM36" s="8"/>
       <c r="DN36" s="8"/>
     </row>
-    <row r="37" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H37" s="32"/>
+    <row r="37" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A37" s="36"/>
+      <c r="B37" s="37"/>
+      <c r="C37" s="37"/>
+      <c r="D37" s="34"/>
+      <c r="E37" s="34"/>
+      <c r="F37" s="34"/>
+      <c r="G37" s="28"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8"/>
       <c r="P37" s="8"/>
       <c r="Q37" s="8"/>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="8"/>
       <c r="U37" s="8"/>
       <c r="V37" s="8"/>
       <c r="W37" s="8"/>
       <c r="X37" s="8"/>
       <c r="Y37" s="8"/>
       <c r="Z37" s="8"/>
       <c r="AA37" s="8"/>
       <c r="AB37" s="8"/>
       <c r="AC37" s="8"/>
       <c r="AD37" s="8"/>
       <c r="AE37" s="8"/>
       <c r="AF37" s="8"/>
       <c r="AG37" s="8"/>
@@ -5028,59 +4950,59 @@
       <c r="CQ37" s="8"/>
       <c r="CR37" s="8"/>
       <c r="CS37" s="8"/>
       <c r="CT37" s="8"/>
       <c r="CU37" s="8"/>
       <c r="CV37" s="8"/>
       <c r="CW37" s="8"/>
       <c r="CX37" s="8"/>
       <c r="CY37" s="8"/>
       <c r="CZ37" s="8"/>
       <c r="DA37" s="8"/>
       <c r="DB37" s="8"/>
       <c r="DC37" s="8"/>
       <c r="DD37" s="8"/>
       <c r="DE37" s="8"/>
       <c r="DF37" s="8"/>
       <c r="DG37" s="8"/>
       <c r="DH37" s="8"/>
       <c r="DI37" s="8"/>
       <c r="DJ37" s="8"/>
       <c r="DK37" s="8"/>
       <c r="DL37" s="8"/>
       <c r="DM37" s="8"/>
       <c r="DN37" s="8"/>
     </row>
-    <row r="38" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H38" s="32"/>
+    <row r="38" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A38" s="36"/>
+      <c r="B38" s="37"/>
+      <c r="C38" s="37"/>
+      <c r="D38" s="34"/>
+      <c r="E38" s="34"/>
+      <c r="F38" s="34"/>
+      <c r="G38" s="28"/>
+      <c r="H38" s="34"/>
       <c r="I38" s="8"/>
       <c r="J38" s="8"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8"/>
       <c r="P38" s="8"/>
       <c r="Q38" s="8"/>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="8"/>
       <c r="U38" s="8"/>
       <c r="V38" s="8"/>
       <c r="W38" s="8"/>
       <c r="X38" s="8"/>
       <c r="Y38" s="8"/>
       <c r="Z38" s="8"/>
       <c r="AA38" s="8"/>
       <c r="AB38" s="8"/>
       <c r="AC38" s="8"/>
       <c r="AD38" s="8"/>
       <c r="AE38" s="8"/>
       <c r="AF38" s="8"/>
       <c r="AG38" s="8"/>
@@ -5148,59 +5070,59 @@
       <c r="CQ38" s="8"/>
       <c r="CR38" s="8"/>
       <c r="CS38" s="8"/>
       <c r="CT38" s="8"/>
       <c r="CU38" s="8"/>
       <c r="CV38" s="8"/>
       <c r="CW38" s="8"/>
       <c r="CX38" s="8"/>
       <c r="CY38" s="8"/>
       <c r="CZ38" s="8"/>
       <c r="DA38" s="8"/>
       <c r="DB38" s="8"/>
       <c r="DC38" s="8"/>
       <c r="DD38" s="8"/>
       <c r="DE38" s="8"/>
       <c r="DF38" s="8"/>
       <c r="DG38" s="8"/>
       <c r="DH38" s="8"/>
       <c r="DI38" s="8"/>
       <c r="DJ38" s="8"/>
       <c r="DK38" s="8"/>
       <c r="DL38" s="8"/>
       <c r="DM38" s="8"/>
       <c r="DN38" s="8"/>
     </row>
-    <row r="39" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H39" s="32"/>
+    <row r="39" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A39" s="37"/>
+      <c r="B39" s="37"/>
+      <c r="C39" s="37"/>
+      <c r="D39" s="34"/>
+      <c r="E39" s="34"/>
+      <c r="F39" s="34"/>
+      <c r="G39" s="28"/>
+      <c r="H39" s="34"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="8"/>
       <c r="M39" s="8"/>
       <c r="N39" s="8"/>
       <c r="O39" s="8"/>
       <c r="P39" s="8"/>
       <c r="Q39" s="8"/>
       <c r="R39" s="8"/>
       <c r="S39" s="8"/>
       <c r="T39" s="8"/>
       <c r="U39" s="8"/>
       <c r="V39" s="8"/>
       <c r="W39" s="8"/>
       <c r="X39" s="8"/>
       <c r="Y39" s="8"/>
       <c r="Z39" s="8"/>
       <c r="AA39" s="8"/>
       <c r="AB39" s="8"/>
       <c r="AC39" s="8"/>
       <c r="AD39" s="8"/>
       <c r="AE39" s="8"/>
       <c r="AF39" s="8"/>
       <c r="AG39" s="8"/>
@@ -5268,59 +5190,59 @@
       <c r="CQ39" s="8"/>
       <c r="CR39" s="8"/>
       <c r="CS39" s="8"/>
       <c r="CT39" s="8"/>
       <c r="CU39" s="8"/>
       <c r="CV39" s="8"/>
       <c r="CW39" s="8"/>
       <c r="CX39" s="8"/>
       <c r="CY39" s="8"/>
       <c r="CZ39" s="8"/>
       <c r="DA39" s="8"/>
       <c r="DB39" s="8"/>
       <c r="DC39" s="8"/>
       <c r="DD39" s="8"/>
       <c r="DE39" s="8"/>
       <c r="DF39" s="8"/>
       <c r="DG39" s="8"/>
       <c r="DH39" s="8"/>
       <c r="DI39" s="8"/>
       <c r="DJ39" s="8"/>
       <c r="DK39" s="8"/>
       <c r="DL39" s="8"/>
       <c r="DM39" s="8"/>
       <c r="DN39" s="8"/>
     </row>
-    <row r="40" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H40" s="32"/>
+    <row r="40" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A40" s="37"/>
+      <c r="B40" s="37"/>
+      <c r="C40" s="37"/>
+      <c r="D40" s="34"/>
+      <c r="E40" s="34"/>
+      <c r="F40" s="34"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="34"/>
       <c r="I40" s="8"/>
       <c r="J40" s="8"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8"/>
       <c r="P40" s="8"/>
       <c r="Q40" s="8"/>
       <c r="R40" s="8"/>
       <c r="S40" s="8"/>
       <c r="T40" s="8"/>
       <c r="U40" s="8"/>
       <c r="V40" s="8"/>
       <c r="W40" s="8"/>
       <c r="X40" s="8"/>
       <c r="Y40" s="8"/>
       <c r="Z40" s="8"/>
       <c r="AA40" s="8"/>
       <c r="AB40" s="8"/>
       <c r="AC40" s="8"/>
       <c r="AD40" s="8"/>
       <c r="AE40" s="8"/>
       <c r="AF40" s="8"/>
       <c r="AG40" s="8"/>
@@ -5388,59 +5310,59 @@
       <c r="CQ40" s="8"/>
       <c r="CR40" s="8"/>
       <c r="CS40" s="8"/>
       <c r="CT40" s="8"/>
       <c r="CU40" s="8"/>
       <c r="CV40" s="8"/>
       <c r="CW40" s="8"/>
       <c r="CX40" s="8"/>
       <c r="CY40" s="8"/>
       <c r="CZ40" s="8"/>
       <c r="DA40" s="8"/>
       <c r="DB40" s="8"/>
       <c r="DC40" s="8"/>
       <c r="DD40" s="8"/>
       <c r="DE40" s="8"/>
       <c r="DF40" s="8"/>
       <c r="DG40" s="8"/>
       <c r="DH40" s="8"/>
       <c r="DI40" s="8"/>
       <c r="DJ40" s="8"/>
       <c r="DK40" s="8"/>
       <c r="DL40" s="8"/>
       <c r="DM40" s="8"/>
       <c r="DN40" s="8"/>
     </row>
-    <row r="41" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H41" s="32"/>
+    <row r="41" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A41" s="37"/>
+      <c r="B41" s="37"/>
+      <c r="C41" s="37"/>
+      <c r="D41" s="34"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="34"/>
+      <c r="G41" s="28"/>
+      <c r="H41" s="34"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
       <c r="N41" s="8"/>
       <c r="O41" s="8"/>
       <c r="P41" s="8"/>
       <c r="Q41" s="8"/>
       <c r="R41" s="8"/>
       <c r="S41" s="8"/>
       <c r="T41" s="8"/>
       <c r="U41" s="8"/>
       <c r="V41" s="8"/>
       <c r="W41" s="8"/>
       <c r="X41" s="8"/>
       <c r="Y41" s="8"/>
       <c r="Z41" s="8"/>
       <c r="AA41" s="8"/>
       <c r="AB41" s="8"/>
       <c r="AC41" s="8"/>
       <c r="AD41" s="8"/>
       <c r="AE41" s="8"/>
       <c r="AF41" s="8"/>
       <c r="AG41" s="8"/>
@@ -5508,59 +5430,59 @@
       <c r="CQ41" s="8"/>
       <c r="CR41" s="8"/>
       <c r="CS41" s="8"/>
       <c r="CT41" s="8"/>
       <c r="CU41" s="8"/>
       <c r="CV41" s="8"/>
       <c r="CW41" s="8"/>
       <c r="CX41" s="8"/>
       <c r="CY41" s="8"/>
       <c r="CZ41" s="8"/>
       <c r="DA41" s="8"/>
       <c r="DB41" s="8"/>
       <c r="DC41" s="8"/>
       <c r="DD41" s="8"/>
       <c r="DE41" s="8"/>
       <c r="DF41" s="8"/>
       <c r="DG41" s="8"/>
       <c r="DH41" s="8"/>
       <c r="DI41" s="8"/>
       <c r="DJ41" s="8"/>
       <c r="DK41" s="8"/>
       <c r="DL41" s="8"/>
       <c r="DM41" s="8"/>
       <c r="DN41" s="8"/>
     </row>
-    <row r="42" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H42" s="32"/>
+    <row r="42" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A42" s="37"/>
+      <c r="B42" s="37"/>
+      <c r="C42" s="37"/>
+      <c r="D42" s="34"/>
+      <c r="E42" s="34"/>
+      <c r="F42" s="34"/>
+      <c r="G42" s="28"/>
+      <c r="H42" s="34"/>
       <c r="I42" s="8"/>
       <c r="J42" s="8"/>
       <c r="K42" s="8"/>
       <c r="L42" s="8"/>
       <c r="M42" s="8"/>
       <c r="N42" s="8"/>
       <c r="O42" s="8"/>
       <c r="P42" s="8"/>
       <c r="Q42" s="8"/>
       <c r="R42" s="8"/>
       <c r="S42" s="8"/>
       <c r="T42" s="8"/>
       <c r="U42" s="8"/>
       <c r="V42" s="8"/>
       <c r="W42" s="8"/>
       <c r="X42" s="8"/>
       <c r="Y42" s="8"/>
       <c r="Z42" s="8"/>
       <c r="AA42" s="8"/>
       <c r="AB42" s="8"/>
       <c r="AC42" s="8"/>
       <c r="AD42" s="8"/>
       <c r="AE42" s="8"/>
       <c r="AF42" s="8"/>
       <c r="AG42" s="8"/>
@@ -5628,59 +5550,59 @@
       <c r="CQ42" s="8"/>
       <c r="CR42" s="8"/>
       <c r="CS42" s="8"/>
       <c r="CT42" s="8"/>
       <c r="CU42" s="8"/>
       <c r="CV42" s="8"/>
       <c r="CW42" s="8"/>
       <c r="CX42" s="8"/>
       <c r="CY42" s="8"/>
       <c r="CZ42" s="8"/>
       <c r="DA42" s="8"/>
       <c r="DB42" s="8"/>
       <c r="DC42" s="8"/>
       <c r="DD42" s="8"/>
       <c r="DE42" s="8"/>
       <c r="DF42" s="8"/>
       <c r="DG42" s="8"/>
       <c r="DH42" s="8"/>
       <c r="DI42" s="8"/>
       <c r="DJ42" s="8"/>
       <c r="DK42" s="8"/>
       <c r="DL42" s="8"/>
       <c r="DM42" s="8"/>
       <c r="DN42" s="8"/>
     </row>
-    <row r="43" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H43" s="32"/>
+    <row r="43" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A43" s="37"/>
+      <c r="B43" s="37"/>
+      <c r="C43" s="37"/>
+      <c r="D43" s="34"/>
+      <c r="E43" s="34"/>
+      <c r="F43" s="34"/>
+      <c r="G43" s="28"/>
+      <c r="H43" s="34"/>
       <c r="I43" s="8"/>
       <c r="J43" s="8"/>
       <c r="K43" s="8"/>
       <c r="L43" s="8"/>
       <c r="M43" s="8"/>
       <c r="N43" s="8"/>
       <c r="O43" s="8"/>
       <c r="P43" s="8"/>
       <c r="Q43" s="8"/>
       <c r="R43" s="8"/>
       <c r="S43" s="8"/>
       <c r="T43" s="8"/>
       <c r="U43" s="8"/>
       <c r="V43" s="8"/>
       <c r="W43" s="8"/>
       <c r="X43" s="8"/>
       <c r="Y43" s="8"/>
       <c r="Z43" s="8"/>
       <c r="AA43" s="8"/>
       <c r="AB43" s="8"/>
       <c r="AC43" s="8"/>
       <c r="AD43" s="8"/>
       <c r="AE43" s="8"/>
       <c r="AF43" s="8"/>
       <c r="AG43" s="8"/>
@@ -5748,59 +5670,59 @@
       <c r="CQ43" s="8"/>
       <c r="CR43" s="8"/>
       <c r="CS43" s="8"/>
       <c r="CT43" s="8"/>
       <c r="CU43" s="8"/>
       <c r="CV43" s="8"/>
       <c r="CW43" s="8"/>
       <c r="CX43" s="8"/>
       <c r="CY43" s="8"/>
       <c r="CZ43" s="8"/>
       <c r="DA43" s="8"/>
       <c r="DB43" s="8"/>
       <c r="DC43" s="8"/>
       <c r="DD43" s="8"/>
       <c r="DE43" s="8"/>
       <c r="DF43" s="8"/>
       <c r="DG43" s="8"/>
       <c r="DH43" s="8"/>
       <c r="DI43" s="8"/>
       <c r="DJ43" s="8"/>
       <c r="DK43" s="8"/>
       <c r="DL43" s="8"/>
       <c r="DM43" s="8"/>
       <c r="DN43" s="8"/>
     </row>
-    <row r="44" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H44" s="32"/>
+    <row r="44" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A44" s="37"/>
+      <c r="B44" s="37"/>
+      <c r="C44" s="37"/>
+      <c r="D44" s="34"/>
+      <c r="E44" s="34"/>
+      <c r="F44" s="34"/>
+      <c r="G44" s="28"/>
+      <c r="H44" s="34"/>
       <c r="I44" s="8"/>
       <c r="J44" s="8"/>
       <c r="K44" s="8"/>
       <c r="L44" s="8"/>
       <c r="M44" s="8"/>
       <c r="N44" s="8"/>
       <c r="O44" s="8"/>
       <c r="P44" s="8"/>
       <c r="Q44" s="8"/>
       <c r="R44" s="8"/>
       <c r="S44" s="8"/>
       <c r="T44" s="8"/>
       <c r="U44" s="8"/>
       <c r="V44" s="8"/>
       <c r="W44" s="8"/>
       <c r="X44" s="8"/>
       <c r="Y44" s="8"/>
       <c r="Z44" s="8"/>
       <c r="AA44" s="8"/>
       <c r="AB44" s="8"/>
       <c r="AC44" s="8"/>
       <c r="AD44" s="8"/>
       <c r="AE44" s="8"/>
       <c r="AF44" s="8"/>
       <c r="AG44" s="8"/>
@@ -5868,59 +5790,59 @@
       <c r="CQ44" s="8"/>
       <c r="CR44" s="8"/>
       <c r="CS44" s="8"/>
       <c r="CT44" s="8"/>
       <c r="CU44" s="8"/>
       <c r="CV44" s="8"/>
       <c r="CW44" s="8"/>
       <c r="CX44" s="8"/>
       <c r="CY44" s="8"/>
       <c r="CZ44" s="8"/>
       <c r="DA44" s="8"/>
       <c r="DB44" s="8"/>
       <c r="DC44" s="8"/>
       <c r="DD44" s="8"/>
       <c r="DE44" s="8"/>
       <c r="DF44" s="8"/>
       <c r="DG44" s="8"/>
       <c r="DH44" s="8"/>
       <c r="DI44" s="8"/>
       <c r="DJ44" s="8"/>
       <c r="DK44" s="8"/>
       <c r="DL44" s="8"/>
       <c r="DM44" s="8"/>
       <c r="DN44" s="8"/>
     </row>
-    <row r="45" spans="1:118" s="4" customFormat="1" ht="13.95" customHeight="1">
-[...7 lines deleted...]
-      <c r="H45" s="32"/>
+    <row r="45" spans="1:118" s="4" customFormat="1" ht="13.9" customHeight="1">
+      <c r="A45" s="37"/>
+      <c r="B45" s="37"/>
+      <c r="C45" s="37"/>
+      <c r="D45" s="34"/>
+      <c r="E45" s="34"/>
+      <c r="F45" s="34"/>
+      <c r="G45" s="28"/>
+      <c r="H45" s="34"/>
       <c r="I45" s="8"/>
       <c r="J45" s="8"/>
       <c r="K45" s="8"/>
       <c r="L45" s="8"/>
       <c r="M45" s="8"/>
       <c r="N45" s="8"/>
       <c r="O45" s="8"/>
       <c r="P45" s="8"/>
       <c r="Q45" s="8"/>
       <c r="R45" s="8"/>
       <c r="S45" s="8"/>
       <c r="T45" s="8"/>
       <c r="U45" s="8"/>
       <c r="V45" s="8"/>
       <c r="W45" s="8"/>
       <c r="X45" s="8"/>
       <c r="Y45" s="8"/>
       <c r="Z45" s="8"/>
       <c r="AA45" s="8"/>
       <c r="AB45" s="8"/>
       <c r="AC45" s="8"/>
       <c r="AD45" s="8"/>
       <c r="AE45" s="8"/>
       <c r="AF45" s="8"/>
       <c r="AG45" s="8"/>
@@ -5988,506 +5910,509 @@
       <c r="CQ45" s="8"/>
       <c r="CR45" s="8"/>
       <c r="CS45" s="8"/>
       <c r="CT45" s="8"/>
       <c r="CU45" s="8"/>
       <c r="CV45" s="8"/>
       <c r="CW45" s="8"/>
       <c r="CX45" s="8"/>
       <c r="CY45" s="8"/>
       <c r="CZ45" s="8"/>
       <c r="DA45" s="8"/>
       <c r="DB45" s="8"/>
       <c r="DC45" s="8"/>
       <c r="DD45" s="8"/>
       <c r="DE45" s="8"/>
       <c r="DF45" s="8"/>
       <c r="DG45" s="8"/>
       <c r="DH45" s="8"/>
       <c r="DI45" s="8"/>
       <c r="DJ45" s="8"/>
       <c r="DK45" s="8"/>
       <c r="DL45" s="8"/>
       <c r="DM45" s="8"/>
       <c r="DN45" s="8"/>
     </row>
-    <row r="46" spans="1:118" ht="13.95" customHeight="1">
-[...410 lines deleted...]
-    <row r="399" ht="12.7"/>
+    <row r="46" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A46" s="37"/>
+      <c r="B46" s="37"/>
+      <c r="C46" s="37"/>
+      <c r="D46" s="34"/>
+      <c r="E46" s="34"/>
+      <c r="F46" s="34"/>
+      <c r="G46" s="28"/>
+      <c r="H46" s="34"/>
+    </row>
+    <row r="47" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A47" s="37"/>
+      <c r="B47" s="37"/>
+      <c r="C47" s="37"/>
+      <c r="D47" s="34"/>
+      <c r="E47" s="34"/>
+      <c r="F47" s="34"/>
+      <c r="G47" s="28"/>
+      <c r="H47" s="34"/>
+    </row>
+    <row r="48" spans="1:118" ht="13.9" customHeight="1">
+      <c r="A48" s="37"/>
+      <c r="B48" s="37"/>
+      <c r="C48" s="37"/>
+      <c r="D48" s="34"/>
+      <c r="E48" s="34"/>
+      <c r="F48" s="34"/>
+      <c r="G48" s="28"/>
+      <c r="H48" s="34"/>
+    </row>
+    <row r="49" spans="1:8" ht="13.9" customHeight="1">
+      <c r="A49" s="38"/>
+      <c r="B49" s="38"/>
+      <c r="C49" s="38"/>
+      <c r="D49" s="39"/>
+      <c r="E49" s="39"/>
+      <c r="F49" s="39"/>
+      <c r="G49" s="40"/>
+      <c r="H49" s="39"/>
+    </row>
+    <row r="50" spans="1:8" s="5" customFormat="1" ht="18">
+      <c r="A50" s="77" t="s">
+        <v>62</v>
+      </c>
+      <c r="B50" s="77"/>
+      <c r="C50" s="77"/>
+      <c r="D50" s="77"/>
+      <c r="E50" s="77"/>
+      <c r="F50" s="77"/>
+      <c r="G50" s="77"/>
+      <c r="H50" s="77"/>
+    </row>
+    <row r="51" spans="1:8" s="5" customFormat="1" ht="18">
+      <c r="A51" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="B51" s="77"/>
+      <c r="C51" s="77"/>
+      <c r="D51" s="77"/>
+      <c r="E51" s="77"/>
+      <c r="F51" s="77"/>
+      <c r="G51" s="77"/>
+      <c r="H51" s="77"/>
+    </row>
+    <row r="52" spans="1:8" s="5" customFormat="1"/>
+    <row r="53" spans="1:8" s="5" customFormat="1"/>
+    <row r="54" spans="1:8" s="5" customFormat="1"/>
+    <row r="55" spans="1:8" s="5" customFormat="1"/>
+    <row r="56" spans="1:8" s="5" customFormat="1"/>
+    <row r="57" spans="1:8" s="5" customFormat="1"/>
+    <row r="58" spans="1:8" s="5" customFormat="1"/>
+    <row r="59" spans="1:8" s="5" customFormat="1"/>
+    <row r="60" spans="1:8" s="5" customFormat="1"/>
+    <row r="61" spans="1:8" s="5" customFormat="1"/>
+    <row r="62" spans="1:8" s="5" customFormat="1"/>
+    <row r="63" spans="1:8" s="5" customFormat="1"/>
+    <row r="64" spans="1:8" s="5" customFormat="1"/>
+    <row r="65" s="5" customFormat="1"/>
+    <row r="66" s="5" customFormat="1"/>
+    <row r="67" s="5" customFormat="1"/>
+    <row r="68" s="5" customFormat="1"/>
+    <row r="69" s="5" customFormat="1"/>
+    <row r="70" s="5" customFormat="1"/>
+    <row r="71" s="5" customFormat="1"/>
+    <row r="72" s="5" customFormat="1"/>
+    <row r="73" s="5" customFormat="1"/>
+    <row r="74" s="5" customFormat="1"/>
+    <row r="75" s="5" customFormat="1"/>
+    <row r="76" s="5" customFormat="1"/>
+    <row r="77" s="5" customFormat="1"/>
+    <row r="78" s="5" customFormat="1"/>
+    <row r="79" s="5" customFormat="1"/>
+    <row r="80" s="5" customFormat="1"/>
+    <row r="81" s="5" customFormat="1"/>
+    <row r="82" s="5" customFormat="1"/>
+    <row r="83" s="5" customFormat="1"/>
+    <row r="84" s="5" customFormat="1"/>
+    <row r="85" s="5" customFormat="1"/>
+    <row r="86" s="5" customFormat="1"/>
+    <row r="87" s="5" customFormat="1"/>
+    <row r="88" s="5" customFormat="1"/>
+    <row r="89" s="5" customFormat="1"/>
+    <row r="90" s="5" customFormat="1"/>
+    <row r="91" s="5" customFormat="1"/>
+    <row r="92" s="5" customFormat="1"/>
+    <row r="93" s="5" customFormat="1"/>
+    <row r="94" s="5" customFormat="1"/>
+    <row r="95" s="5" customFormat="1"/>
+    <row r="96" s="5" customFormat="1"/>
+    <row r="97" s="5" customFormat="1"/>
+    <row r="98" s="5" customFormat="1"/>
+    <row r="99" s="5" customFormat="1"/>
+    <row r="100" s="5" customFormat="1"/>
+    <row r="101" s="5" customFormat="1"/>
+    <row r="102" s="5" customFormat="1"/>
+    <row r="103" s="5" customFormat="1"/>
+    <row r="104" s="5" customFormat="1"/>
+    <row r="105" s="5" customFormat="1"/>
+    <row r="106" s="5" customFormat="1"/>
+    <row r="107" s="5" customFormat="1"/>
+    <row r="108" s="5" customFormat="1"/>
+    <row r="109" s="5" customFormat="1"/>
+    <row r="110" s="5" customFormat="1"/>
+    <row r="111" s="5" customFormat="1"/>
+    <row r="112" s="5" customFormat="1"/>
+    <row r="113" s="5" customFormat="1"/>
+    <row r="114" s="5" customFormat="1"/>
+    <row r="115" s="5" customFormat="1"/>
+    <row r="116" s="5" customFormat="1"/>
+    <row r="117" s="5" customFormat="1"/>
+    <row r="118" s="5" customFormat="1"/>
+    <row r="119" s="5" customFormat="1"/>
+    <row r="120" s="5" customFormat="1"/>
+    <row r="121" s="5" customFormat="1"/>
+    <row r="122" s="5" customFormat="1"/>
+    <row r="123" s="5" customFormat="1"/>
+    <row r="124" s="5" customFormat="1"/>
+    <row r="125" s="5" customFormat="1"/>
+    <row r="126" s="5" customFormat="1"/>
+    <row r="127" s="5" customFormat="1"/>
+    <row r="128" s="5" customFormat="1"/>
+    <row r="129" s="5" customFormat="1"/>
+    <row r="130" s="5" customFormat="1"/>
+    <row r="131" s="5" customFormat="1"/>
+    <row r="132" s="5" customFormat="1"/>
+    <row r="133" s="5" customFormat="1"/>
+    <row r="134" s="5" customFormat="1"/>
+    <row r="135" s="5" customFormat="1"/>
+    <row r="136" s="5" customFormat="1"/>
+    <row r="137" s="5" customFormat="1"/>
+    <row r="138" s="5" customFormat="1"/>
+    <row r="139" s="5" customFormat="1"/>
+    <row r="140" s="5" customFormat="1"/>
+    <row r="141" s="5" customFormat="1"/>
+    <row r="142" s="5" customFormat="1"/>
+    <row r="143" s="5" customFormat="1"/>
+    <row r="144" s="5" customFormat="1"/>
+    <row r="145" s="5" customFormat="1"/>
+    <row r="146" s="5" customFormat="1"/>
+    <row r="147" s="5" customFormat="1"/>
+    <row r="148" s="5" customFormat="1"/>
+    <row r="149" s="5" customFormat="1"/>
+    <row r="150" s="5" customFormat="1"/>
+    <row r="151" s="5" customFormat="1"/>
+    <row r="152" s="5" customFormat="1"/>
+    <row r="153" s="5" customFormat="1"/>
+    <row r="154" s="5" customFormat="1"/>
+    <row r="155" s="5" customFormat="1"/>
+    <row r="156" s="5" customFormat="1"/>
+    <row r="157" s="5" customFormat="1"/>
+    <row r="158" s="5" customFormat="1"/>
+    <row r="159" s="5" customFormat="1"/>
+    <row r="160" s="5" customFormat="1"/>
+    <row r="161" s="5" customFormat="1"/>
+    <row r="162" s="5" customFormat="1"/>
+    <row r="163" s="5" customFormat="1"/>
+    <row r="164" s="5" customFormat="1"/>
+    <row r="165" s="5" customFormat="1"/>
+    <row r="166" s="5" customFormat="1"/>
+    <row r="167" s="5" customFormat="1"/>
+    <row r="168" s="5" customFormat="1"/>
+    <row r="169" s="5" customFormat="1"/>
+    <row r="170" s="5" customFormat="1"/>
+    <row r="171" s="5" customFormat="1"/>
+    <row r="172" s="5" customFormat="1"/>
+    <row r="173" s="5" customFormat="1"/>
+    <row r="174" s="5" customFormat="1"/>
+    <row r="175" s="5" customFormat="1"/>
+    <row r="176" s="5" customFormat="1"/>
+    <row r="177" s="5" customFormat="1"/>
+    <row r="178" s="5" customFormat="1"/>
+    <row r="179" s="5" customFormat="1"/>
+    <row r="180" s="5" customFormat="1"/>
+    <row r="181" s="5" customFormat="1"/>
+    <row r="182" s="5" customFormat="1"/>
+    <row r="183" s="5" customFormat="1"/>
+    <row r="184" s="5" customFormat="1"/>
+    <row r="185" s="5" customFormat="1"/>
+    <row r="186" s="5" customFormat="1"/>
+    <row r="187" s="5" customFormat="1"/>
+    <row r="188" s="5" customFormat="1"/>
+    <row r="189" s="5" customFormat="1"/>
+    <row r="190" s="5" customFormat="1"/>
+    <row r="191" s="5" customFormat="1"/>
+    <row r="192" s="5" customFormat="1"/>
+    <row r="193" s="5" customFormat="1"/>
+    <row r="194" s="5" customFormat="1"/>
+    <row r="195" s="5" customFormat="1"/>
+    <row r="196" s="5" customFormat="1"/>
+    <row r="197" s="5" customFormat="1"/>
+    <row r="198" s="5" customFormat="1"/>
+    <row r="199" s="5" customFormat="1"/>
+    <row r="200" s="5" customFormat="1"/>
+    <row r="201" s="5" customFormat="1"/>
+    <row r="202" s="5" customFormat="1"/>
+    <row r="203" s="5" customFormat="1"/>
+    <row r="204" s="5" customFormat="1"/>
+    <row r="205" s="5" customFormat="1"/>
+    <row r="206" s="5" customFormat="1"/>
+    <row r="207" s="5" customFormat="1"/>
+    <row r="208" s="5" customFormat="1"/>
+    <row r="209" s="5" customFormat="1"/>
+    <row r="210" s="5" customFormat="1"/>
+    <row r="211" s="5" customFormat="1"/>
+    <row r="212" s="5" customFormat="1"/>
+    <row r="213" s="5" customFormat="1"/>
+    <row r="214" s="5" customFormat="1"/>
+    <row r="215" s="5" customFormat="1"/>
+    <row r="216" s="5" customFormat="1"/>
+    <row r="217" s="5" customFormat="1"/>
+    <row r="218" s="5" customFormat="1"/>
+    <row r="219" s="5" customFormat="1"/>
+    <row r="220" s="5" customFormat="1"/>
+    <row r="221" s="5" customFormat="1"/>
+    <row r="222" s="5" customFormat="1"/>
+    <row r="223" s="5" customFormat="1"/>
+    <row r="224" s="5" customFormat="1"/>
+    <row r="225" s="5" customFormat="1"/>
+    <row r="226" s="5" customFormat="1"/>
+    <row r="227" s="5" customFormat="1"/>
+    <row r="228" s="5" customFormat="1"/>
+    <row r="229" s="5" customFormat="1"/>
+    <row r="230" s="5" customFormat="1"/>
+    <row r="231" s="5" customFormat="1"/>
+    <row r="232" s="5" customFormat="1"/>
+    <row r="233" s="5" customFormat="1"/>
+    <row r="234" s="5" customFormat="1"/>
+    <row r="235" s="5" customFormat="1"/>
+    <row r="236" s="5" customFormat="1"/>
+    <row r="237" s="5" customFormat="1"/>
+    <row r="238" s="5" customFormat="1"/>
+    <row r="239" s="5" customFormat="1"/>
+    <row r="240" s="5" customFormat="1"/>
+    <row r="241" s="5" customFormat="1"/>
+    <row r="242" s="5" customFormat="1"/>
+    <row r="243" s="5" customFormat="1"/>
+    <row r="244" s="5" customFormat="1"/>
+    <row r="245" s="5" customFormat="1"/>
+    <row r="246" s="5" customFormat="1"/>
+    <row r="247" s="5" customFormat="1"/>
+    <row r="248" s="5" customFormat="1"/>
+    <row r="249" s="5" customFormat="1"/>
+    <row r="250" s="5" customFormat="1"/>
+    <row r="251" s="5" customFormat="1"/>
+    <row r="252" s="5" customFormat="1"/>
+    <row r="253" s="5" customFormat="1"/>
+    <row r="254" s="5" customFormat="1"/>
+    <row r="255" s="5" customFormat="1"/>
+    <row r="256" s="5" customFormat="1"/>
+    <row r="257" s="5" customFormat="1"/>
+    <row r="258" s="5" customFormat="1"/>
+    <row r="259" s="5" customFormat="1"/>
+    <row r="260" s="5" customFormat="1"/>
+    <row r="261" s="5" customFormat="1"/>
+    <row r="262" s="5" customFormat="1"/>
+    <row r="263" s="5" customFormat="1"/>
+    <row r="264" s="5" customFormat="1"/>
+    <row r="265" s="5" customFormat="1"/>
+    <row r="266" s="5" customFormat="1"/>
+    <row r="267" s="5" customFormat="1"/>
+    <row r="268" s="5" customFormat="1"/>
+    <row r="269" s="5" customFormat="1"/>
+    <row r="270" s="5" customFormat="1"/>
+    <row r="271" s="5" customFormat="1"/>
+    <row r="272" s="5" customFormat="1"/>
+    <row r="273" s="5" customFormat="1"/>
+    <row r="274" s="5" customFormat="1"/>
+    <row r="275" s="5" customFormat="1"/>
+    <row r="276" s="5" customFormat="1"/>
+    <row r="277" s="5" customFormat="1"/>
+    <row r="278" s="5" customFormat="1"/>
+    <row r="279" s="5" customFormat="1"/>
+    <row r="280" s="5" customFormat="1"/>
+    <row r="281" s="5" customFormat="1"/>
+    <row r="282" s="5" customFormat="1"/>
+    <row r="283" s="5" customFormat="1"/>
+    <row r="284" s="5" customFormat="1"/>
+    <row r="285" s="5" customFormat="1"/>
+    <row r="286" s="5" customFormat="1"/>
+    <row r="287" s="5" customFormat="1"/>
+    <row r="288" s="5" customFormat="1"/>
+    <row r="289" s="5" customFormat="1"/>
+    <row r="290" s="5" customFormat="1"/>
+    <row r="291" s="5" customFormat="1"/>
+    <row r="292" s="5" customFormat="1"/>
+    <row r="293" s="5" customFormat="1"/>
+    <row r="294" s="5" customFormat="1"/>
+    <row r="295" s="5" customFormat="1"/>
+    <row r="296" s="5" customFormat="1"/>
+    <row r="297" s="5" customFormat="1"/>
+    <row r="298" s="5" customFormat="1"/>
+    <row r="299" s="5" customFormat="1"/>
+    <row r="300" s="5" customFormat="1"/>
+    <row r="301" s="5" customFormat="1"/>
+    <row r="302" s="5" customFormat="1"/>
+    <row r="303" s="5" customFormat="1"/>
+    <row r="304" s="5" customFormat="1"/>
+    <row r="305" s="5" customFormat="1"/>
+    <row r="306" s="5" customFormat="1"/>
+    <row r="307" s="5" customFormat="1"/>
+    <row r="308" s="5" customFormat="1"/>
+    <row r="309" s="5" customFormat="1"/>
+    <row r="310" s="5" customFormat="1"/>
+    <row r="311" s="5" customFormat="1"/>
+    <row r="312" s="5" customFormat="1"/>
+    <row r="313" s="5" customFormat="1"/>
+    <row r="314" s="5" customFormat="1"/>
+    <row r="315" s="5" customFormat="1"/>
+    <row r="316" s="5" customFormat="1"/>
+    <row r="317" s="5" customFormat="1"/>
+    <row r="318" s="5" customFormat="1"/>
+    <row r="319" s="5" customFormat="1"/>
+    <row r="320" s="5" customFormat="1"/>
+    <row r="321" s="5" customFormat="1"/>
+    <row r="322" s="5" customFormat="1"/>
+    <row r="323" s="5" customFormat="1"/>
+    <row r="324" s="5" customFormat="1"/>
+    <row r="325" s="5" customFormat="1"/>
+    <row r="326" s="5" customFormat="1"/>
+    <row r="327" s="5" customFormat="1"/>
+    <row r="328" s="5" customFormat="1"/>
+    <row r="329" s="5" customFormat="1"/>
+    <row r="330" s="5" customFormat="1"/>
+    <row r="331" s="5" customFormat="1"/>
+    <row r="332" s="5" customFormat="1"/>
+    <row r="333" s="5" customFormat="1"/>
+    <row r="334" s="5" customFormat="1"/>
+    <row r="335" s="5" customFormat="1"/>
+    <row r="336" s="5" customFormat="1"/>
+    <row r="337" s="5" customFormat="1"/>
+    <row r="338" s="5" customFormat="1"/>
+    <row r="339" s="5" customFormat="1"/>
+    <row r="340" s="5" customFormat="1"/>
+    <row r="341" s="5" customFormat="1"/>
+    <row r="342" s="5" customFormat="1"/>
+    <row r="343" s="5" customFormat="1"/>
+    <row r="344" s="5" customFormat="1"/>
+    <row r="345" s="5" customFormat="1"/>
+    <row r="346" s="5" customFormat="1"/>
+    <row r="347" s="5" customFormat="1"/>
+    <row r="348" s="5" customFormat="1"/>
+    <row r="349" s="5" customFormat="1"/>
+    <row r="350" s="5" customFormat="1"/>
+    <row r="351" s="5" customFormat="1"/>
+    <row r="352" s="5" customFormat="1"/>
+    <row r="353" s="5" customFormat="1"/>
+    <row r="354" s="5" customFormat="1"/>
+    <row r="355" s="5" customFormat="1"/>
+    <row r="356" s="5" customFormat="1"/>
+    <row r="357" s="5" customFormat="1"/>
+    <row r="358" s="5" customFormat="1"/>
+    <row r="359" s="5" customFormat="1"/>
+    <row r="360" s="5" customFormat="1"/>
+    <row r="361" s="5" customFormat="1"/>
+    <row r="362" s="5" customFormat="1"/>
+    <row r="363" s="5" customFormat="1"/>
+    <row r="364" s="5" customFormat="1"/>
+    <row r="365" s="5" customFormat="1"/>
+    <row r="366" s="5" customFormat="1"/>
+    <row r="367" s="5" customFormat="1"/>
+    <row r="368" s="5" customFormat="1"/>
+    <row r="369" s="5" customFormat="1"/>
+    <row r="370" s="5" customFormat="1"/>
+    <row r="371" s="5" customFormat="1"/>
+    <row r="372" s="5" customFormat="1"/>
+    <row r="373" s="5" customFormat="1"/>
+    <row r="374" s="5" customFormat="1"/>
+    <row r="375" s="5" customFormat="1"/>
+    <row r="376" s="5" customFormat="1"/>
+    <row r="377" s="5" customFormat="1"/>
+    <row r="378" s="5" customFormat="1"/>
+    <row r="379" s="5" customFormat="1"/>
+    <row r="380" s="5" customFormat="1"/>
+    <row r="381" s="5" customFormat="1"/>
+    <row r="382" s="5" customFormat="1"/>
+    <row r="383" s="5" customFormat="1"/>
+    <row r="384" s="5" customFormat="1"/>
+    <row r="385" s="5" customFormat="1"/>
+    <row r="386" s="5" customFormat="1"/>
+    <row r="387" s="5" customFormat="1"/>
+    <row r="388" s="5" customFormat="1"/>
+    <row r="389" s="5" customFormat="1"/>
+    <row r="390" s="5" customFormat="1"/>
+    <row r="391" s="5" customFormat="1"/>
+    <row r="392" s="5" customFormat="1"/>
+    <row r="393" s="5" customFormat="1"/>
+    <row r="394" s="5" customFormat="1"/>
+    <row r="395" s="5" customFormat="1"/>
+    <row r="396" s="5" customFormat="1"/>
+    <row r="397" s="5" customFormat="1"/>
+    <row r="398" s="5" customFormat="1"/>
+    <row r="399"/>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="A50:H50"/>
+    <mergeCell ref="A51:H51"/>
+    <mergeCell ref="A7:H7"/>
+    <mergeCell ref="A8:H8"/>
+    <mergeCell ref="A9:H9"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="E6:H6"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="A4:H4"/>
-    <mergeCell ref="A50:H50"/>
-[...3 lines deleted...]
-    <mergeCell ref="A9:H9"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E0B36D0F38EA5F458C8501BE75F0A150" ma:contentTypeVersion="4" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="3a1f3571fb4382bff755efb4adc679f2">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ed01aafe-d689-4473-bb05-971fc4f7f617" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50cb7b072814760047c26ed9ddad792c" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E0B36D0F38EA5F458C8501BE75F0A150" ma:contentTypeVersion="4" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="c9fef18a5b2bc53dc978614d82c4c113">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ed01aafe-d689-4473-bb05-971fc4f7f617" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebdfbdebcb653056111a8b7984fc709c" ns2:_="">
     <xsd:import namespace="ed01aafe-d689-4473-bb05-971fc4f7f617"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ed01aafe-d689-4473-bb05-971fc4f7f617" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -6586,91 +6511,74 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{899ABA99-5E26-4E85-AF30-13F5BA381667}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD83BE42-7354-43CC-BC4E-BDC3AF2759EB}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D8FAE35-6A85-427B-81F1-3F12CAA6EDDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="32ca2c8d-a360-416b-af8c-816a54294b99"/>
     <ds:schemaRef ds:uri="6aa92b4d-b642-4b10-af30-63f37797d64c"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>